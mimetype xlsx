--- v0 (2025-11-10)
+++ v1 (2026-01-05)
@@ -12,76 +12,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
   <si>
     <t>Kitap Kalbi Yayıncılık Fiyat Listesi</t>
   </si>
   <si>
-    <t>10.11.2025</t>
+    <t>05.01.2026</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Ürün Adı</t>
   </si>
   <si>
     <t>Yazar</t>
   </si>
   <si>
     <t>Fiyat</t>
   </si>
   <si>
     <t>Baskı Durumu</t>
   </si>
   <si>
     <t>Ağırlık</t>
   </si>
   <si>
+    <t xml:space="preserve">Hazreti Fatıma </t>
+  </si>
+  <si>
+    <t>Ali Eren</t>
+  </si>
+  <si>
     <t>Hayız İlmihali Zührul Müteehhilin Tercümesi</t>
   </si>
   <si>
     <t>İsmail Tolan, Hüsameddin Vanlıoğlu, Fatih Kalender</t>
   </si>
   <si>
     <t>Mantık Risalesi Metin Tercüme ve İzahı</t>
   </si>
   <si>
     <t>İsa Goci, Mustafa Köseoğlu</t>
   </si>
   <si>
     <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
   </si>
   <si>
     <t>Merve Duran Demirel</t>
   </si>
   <si>
     <t>Soru Cevaplı Emsile Çalışma Kitabı</t>
   </si>
   <si>
     <t>Zehra Seven</t>
   </si>
   <si>
     <t>Soru Cevaplı Bina Çalışma Kitabı</t>
@@ -152,107 +158,98 @@
   <si>
     <t xml:space="preserve">Muhammed El Hudri </t>
   </si>
   <si>
     <t>Kötülüklerden Alıkoyan NAMAZ</t>
   </si>
   <si>
     <t>İsmail Yaşar</t>
   </si>
   <si>
     <t>Evimin İlmihali</t>
   </si>
   <si>
     <t>Dilin Günahları</t>
   </si>
   <si>
     <t>Şifai Şerif Arapça</t>
   </si>
   <si>
     <t>Kadi İyaz</t>
   </si>
   <si>
     <t>Peygamber Efendimizin Mucizeleri</t>
   </si>
   <si>
-    <t>Ali Eren</t>
-[...1 lines deleted...]
-  <si>
     <t>Faziletleriyle Üç Aylar</t>
   </si>
   <si>
     <t>Uzlet Halktan Uzaklaşıp Hakka Yöneliş</t>
   </si>
   <si>
     <t>El Gunye ve Geniş İzahlı Tercümesi</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, Mustafa İsmail Fındıklı, Abdülkadir Geylani</t>
   </si>
   <si>
     <t>Avamil Tercümesi ve Şerhi</t>
   </si>
   <si>
     <t>Davul Meali Şerhül Emali</t>
   </si>
   <si>
     <t>Mustafa Köseoğlu, Nureddin Ali El Molla Aliyyul Kari El Herevi</t>
   </si>
   <si>
     <t>El Cevahirül Kelamiyye</t>
   </si>
   <si>
     <t>Tahir Bin Salih El Cezairi</t>
   </si>
   <si>
     <t>Ana Hatlarıyla Şerhül Muğni</t>
   </si>
   <si>
     <t>Abdurrahim Kaya</t>
   </si>
   <si>
     <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri</t>
   </si>
   <si>
     <t>Müderrisin Emsile Kitabı</t>
   </si>
   <si>
     <t>Selman Hacıkerimoğlu</t>
   </si>
   <si>
     <t>Geniş İzahlı Sarf ve Nahiv BİNA</t>
   </si>
   <si>
     <t>Gülüstan K.Coşkun</t>
   </si>
   <si>
-    <t>Rahlede Başlayan Sevda</t>
-[...4 lines deleted...]
-  <si>
     <t>Dua Huzmeleri</t>
   </si>
   <si>
     <t>Gölgeli Kuranı Kerim Yazı Mushafı Resmi Osmani İmlalı</t>
   </si>
   <si>
     <t>İzhar Zehra Seven</t>
   </si>
   <si>
     <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
   </si>
   <si>
     <t>İmam-ı Rabbani</t>
   </si>
   <si>
     <t>Resulullah ve Ashabının Güzel Ahlakı</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, Mustafa İsmail Fındıklı, İmam-ı Gazali</t>
   </si>
   <si>
     <t>Nefis Terbiyesi</t>
   </si>
   <si>
     <t>İlim ve Fazileti</t>
@@ -551,53 +548,50 @@
   <si>
     <t>Rehnuma Eğitim Rehberi</t>
   </si>
   <si>
     <t>Nahiv Renkli Yeni Dizgi Renkli</t>
   </si>
   <si>
     <t>Ali Kara</t>
   </si>
   <si>
     <t>Hazreti ÖMER Ali EREN</t>
   </si>
   <si>
     <t>İlal Kaideleri ve Maksud İlalleri</t>
   </si>
   <si>
     <t>Yakup Kabalak</t>
   </si>
   <si>
     <t>Temel Dini Bilgiler Heyet Karton K</t>
   </si>
   <si>
     <t>Fatih Kalender, Hüsameddin Vanlıoğlu, Emin Ali Yüksel, Abdullah Hiçdönmez</t>
   </si>
   <si>
-    <t>Avamil Terkibi</t>
-[...1 lines deleted...]
-  <si>
     <t>Küçük Emsile Soru ve Cevaplı</t>
   </si>
   <si>
     <t>Rahmi Tura</t>
   </si>
   <si>
     <t>Kur Sistemli Temel Dini Bilgiler</t>
   </si>
   <si>
     <t>Mahmut Eren</t>
   </si>
   <si>
     <t>Avamil ve Terkibi Zehra Seven</t>
   </si>
   <si>
     <t>Fıkhul Ekber Şerhi Ebul Münteha Arapça</t>
   </si>
   <si>
     <t>Ebul Münteha</t>
   </si>
   <si>
     <t>Emsile Bina Maksut Tercümesi Kelime Anlamlı</t>
   </si>
   <si>
     <t>Şifa-i Şerif Tercümesi 2 Cilt Takım</t>
@@ -885,53 +879,50 @@
     <t>İlim Ehli İçin Temel Dualar</t>
   </si>
   <si>
     <t>Zeka Geliştirme Kitabı 3-4 Yaş</t>
   </si>
   <si>
     <t>Talimül Müteallim Medrese Usulü Kelime Manalı</t>
   </si>
   <si>
     <t>Ali Haydar Elifbası İlaveli</t>
   </si>
   <si>
     <t>Dijital Zikirmatik</t>
   </si>
   <si>
     <t>Arapça Yazı Defteri</t>
   </si>
   <si>
     <t>Benim Yazı Defterim</t>
   </si>
   <si>
     <t>Münacaat Cüzü Çanta Boy Karton İlaveli</t>
   </si>
   <si>
     <t>Münacaat Cüzü Çanta Boy Ciltli İlaveli</t>
-  </si>
-[...1 lines deleted...]
-    <t>Münacaat Cüzü Orta Boy Karton Kapak</t>
   </si>
   <si>
     <t>Münacaat Cüzü Orta Boy Ciltli İlaveli</t>
   </si>
   <si>
     <t>Sualli Cevaplı İslam Fıkhı 4 Cilt Takım</t>
   </si>
   <si>
     <t>Arapça Dilbilgisi Nahiv Zeynep Atay</t>
   </si>
   <si>
     <t>Zeynep Atay</t>
   </si>
   <si>
     <t>Renkli Elif Cüzü</t>
   </si>
   <si>
     <t>M. Alp Çavuşoğlu, Ayşe Yıldız Çavuşoğlu</t>
   </si>
   <si>
     <t>Halebi Sağır Arapça Tam Kayıtlı</t>
   </si>
   <si>
     <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları</t>
   </si>
@@ -1370,4361 +1361,4321 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F216"/>
+  <dimension ref="A1:F214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3:A216"/>
+      <selection activeCell="A3" sqref="A3:A214"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="3">
-        <v>9786255723024</v>
+        <v>9786259601656</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3">
-        <v>600.0</v>
+        <v>200.0</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
-        <v>700</v>
+        <v>285</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3">
-        <v>9786052056523</v>
+        <v>9786255723024</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4">
-        <v>250.0</v>
+        <v>600.0</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3">
-        <v>9786259601663</v>
+        <v>9786052056523</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="3">
-        <v>9786259601687</v>
+        <v>9786259601663</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
-        <v>225.0</v>
+        <v>200.0</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="3">
-        <v>9786259601694</v>
+        <v>9786259601687</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D7">
-        <v>275.0</v>
+        <v>225.0</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="3">
-        <v>9786259601649</v>
+        <v>9786259601694</v>
       </c>
       <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" t="s">
         <v>17</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>300.0</v>
+        <v>275.0</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="3">
-        <v>9786259601670</v>
+        <v>9786259601649</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9">
-        <v>230.0</v>
+        <v>300.0</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="3">
-        <v>9786052056714</v>
+        <v>9786259601670</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
-        <v>150.0</v>
+        <v>230.0</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
-        <v>158</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="3">
-        <v>9786259601625</v>
+        <v>9786052056714</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11">
-        <v>175.0</v>
+        <v>150.0</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
-        <v>340</v>
+        <v>158</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="3">
-        <v>9786259601632</v>
+        <v>9786259601625</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12">
-        <v>125.0</v>
+        <v>275.0</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
-        <v>58</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="3">
-        <v>9786259557250</v>
+        <v>9786259601632</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
-        <v>150.0</v>
+        <v>125.0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
-        <v>110</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="3">
-        <v>9786259557298</v>
+        <v>9786259557250</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="3">
-        <v>9786259451930</v>
+        <v>9786259557298</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
-        <v>398</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="3">
-        <v>9786259803005</v>
+        <v>9786259451930</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16">
-        <v>100.0</v>
+        <v>250.0</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
-        <v>90</v>
+        <v>398</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3">
-        <v>9786259803012</v>
+        <v>9786259803005</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17">
-        <v>500.0</v>
+        <v>125.0</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
-        <v>800</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="3">
-        <v>9786259557267</v>
+        <v>9786259803012</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18">
-        <v>350.0</v>
+        <v>500.0</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="3">
-        <v>9786056633027</v>
+        <v>9786259557267</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19">
-        <v>75.0</v>
+        <v>350.0</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F19">
-        <v>68</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="3">
-        <v>9786259557243</v>
+        <v>9786056633027</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D20">
-        <v>400.0</v>
+        <v>75.0</v>
       </c>
       <c r="E20">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F20">
-        <v>550</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="3">
-        <v>9786259557236</v>
+        <v>9786259557243</v>
       </c>
       <c r="B21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" t="s">
         <v>42</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21">
-        <v>150.0</v>
+        <v>400.0</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
-        <v>65</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="3">
-        <v>9786057233394</v>
+        <v>9786259557236</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="D22">
-        <v>550.0</v>
+        <v>200.0</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
-        <v>800</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="3">
-        <v>9786259803098</v>
+        <v>9786057233394</v>
       </c>
       <c r="B23" t="s">
         <v>45</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
       <c r="D23">
-        <v>200.0</v>
+        <v>600.0</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="3">
-        <v>9786059815581</v>
+        <v>9786259803098</v>
       </c>
       <c r="B24" t="s">
         <v>47</v>
       </c>
       <c r="C24" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D24">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="3">
-        <v>9786259803029</v>
+        <v>9786059815581</v>
       </c>
       <c r="B25" t="s">
         <v>48</v>
       </c>
       <c r="C25" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D25">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
-        <v>50</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="3">
-        <v>9786259451985</v>
+        <v>9786259803029</v>
       </c>
       <c r="B26" t="s">
         <v>49</v>
       </c>
       <c r="C26" t="s">
+        <v>34</v>
+      </c>
+      <c r="D26">
+        <v>125.0</v>
+      </c>
+      <c r="E26">
+        <v>1</v>
+      </c>
+      <c r="F26">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="3">
-        <v>9786259803050</v>
+        <v>9786259451985</v>
       </c>
       <c r="B27" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" t="s">
         <v>51</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27">
-        <v>300.0</v>
+        <v>600.0</v>
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="3">
-        <v>9786259803074</v>
+        <v>9786259803050</v>
       </c>
       <c r="B28" t="s">
         <v>52</v>
       </c>
       <c r="C28" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D28">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="3">
-        <v>9786259803067</v>
+        <v>9786259803074</v>
       </c>
       <c r="B29" t="s">
+        <v>53</v>
+      </c>
+      <c r="C29" t="s">
         <v>54</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29">
-        <v>100.0</v>
+        <v>250.0</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="3">
-        <v>9786259451978</v>
+        <v>9786259803067</v>
       </c>
       <c r="B30" t="s">
+        <v>55</v>
+      </c>
+      <c r="C30" t="s">
         <v>56</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30">
-        <v>275.0</v>
+        <v>125.0</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="3">
-        <v>9786259451961</v>
+        <v>9786259451978</v>
       </c>
       <c r="B31" t="s">
+        <v>57</v>
+      </c>
+      <c r="C31" t="s">
         <v>58</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31">
-        <v>300.0</v>
+        <v>275.0</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="3">
-        <v>9786259451992</v>
+        <v>9786259451961</v>
       </c>
       <c r="B32" t="s">
         <v>59</v>
       </c>
       <c r="C32" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="D32">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="3">
-        <v>9786259451909</v>
+        <v>9786259451992</v>
       </c>
       <c r="B33" t="s">
+        <v>60</v>
+      </c>
+      <c r="C33" t="s">
         <v>61</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33">
-        <v>975.0</v>
+        <v>350.0</v>
       </c>
       <c r="E33">
         <v>1</v>
       </c>
       <c r="F33">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="3">
-        <v>9786259960876</v>
+        <v>9786259451909</v>
       </c>
       <c r="B34" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" t="s">
         <v>63</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34">
-        <v>85.0</v>
+        <v>1750.0</v>
       </c>
       <c r="E34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F34">
-        <v>90</v>
+        <v>900</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="3">
         <v>9786052056776</v>
       </c>
       <c r="B35" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D35">
         <v>250.0</v>
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
         <v>288</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="3">
         <v>9786259472102</v>
       </c>
       <c r="B36" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D36">
-        <v>400.0</v>
+        <v>450.0</v>
       </c>
       <c r="E36">
         <v>1</v>
       </c>
       <c r="F36">
         <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="3">
         <v>9786259960890</v>
       </c>
       <c r="B37" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D37">
         <v>1100.0</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>1100</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="3">
         <v>9786259960869</v>
       </c>
       <c r="B38" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" t="s">
         <v>68</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38">
-        <v>400.0</v>
+        <v>600.0</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
         <v>800</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="3">
         <v>9786259960845</v>
       </c>
       <c r="B39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C39" t="s">
         <v>70</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="3">
         <v>9786259960821</v>
       </c>
       <c r="B40" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C40" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D40">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
         <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="3">
         <v>9786259960852</v>
       </c>
       <c r="B41" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" t="s">
         <v>73</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41">
-        <v>110.0</v>
+        <v>125.0</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
         <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="3">
         <v>9786259960838</v>
       </c>
       <c r="B42" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C42" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D42">
-        <v>100.0</v>
+        <v>125.0</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="3">
         <v>9786259960814</v>
       </c>
       <c r="B43" t="s">
+        <v>75</v>
+      </c>
+      <c r="C43" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D43">
         <v>400.0</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>750</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="3">
         <v>9786057233387</v>
       </c>
       <c r="B44" t="s">
+        <v>77</v>
+      </c>
+      <c r="C44" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D44">
         <v>250.0</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
         <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="3">
         <v>9786259960807</v>
       </c>
       <c r="B45" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" t="s">
         <v>80</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>222</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="3">
         <v>9786057233363</v>
       </c>
       <c r="B46" t="s">
+        <v>81</v>
+      </c>
+      <c r="C46" t="s">
         <v>82</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46">
-        <v>500.0</v>
+        <v>550.0</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
         <v>745</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="3">
         <v>9786057233356</v>
       </c>
       <c r="B47" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C47" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D47">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="3">
         <v>9786057233349</v>
       </c>
       <c r="B48" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C48" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D48">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
         <v>355</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="3">
         <v>9786057360830</v>
       </c>
       <c r="B49" t="s">
+        <v>85</v>
+      </c>
+      <c r="C49" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D49">
         <v>500.0</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
         <v>680</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="3">
         <v>9876056513822</v>
       </c>
       <c r="B50" t="s">
+        <v>87</v>
+      </c>
+      <c r="C50" t="s">
         <v>88</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50">
-        <v>60.0</v>
+        <v>75.0</v>
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="3">
         <v>9786057233325</v>
       </c>
       <c r="B51" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C51" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D51">
         <v>75.0</v>
       </c>
       <c r="E51">
         <v>1</v>
       </c>
       <c r="F51">
         <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="3">
         <v>9786057233332</v>
       </c>
       <c r="B52" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C52" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D52">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52">
         <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="3">
         <v>9786057360892</v>
       </c>
       <c r="B53" t="s">
+        <v>91</v>
+      </c>
+      <c r="C53" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D53">
         <v>150.0</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="3">
         <v>5556623471284</v>
       </c>
       <c r="B54" t="s">
+        <v>93</v>
+      </c>
+      <c r="C54" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D54">
         <v>15.0</v>
       </c>
       <c r="E54">
         <v>1</v>
       </c>
       <c r="F54">
         <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="3">
         <v>9786057360861</v>
       </c>
       <c r="B55" t="s">
+        <v>95</v>
+      </c>
+      <c r="C55" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D55">
         <v>275.0</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="3">
         <v>9786052056813</v>
       </c>
       <c r="B56" t="s">
+        <v>97</v>
+      </c>
+      <c r="C56" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D56">
         <v>300.0</v>
       </c>
       <c r="E56">
         <v>1</v>
       </c>
       <c r="F56">
         <v>555</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="3">
         <v>9786057360816</v>
       </c>
       <c r="B57" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C57" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D57">
         <v>300.0</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="F57">
         <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="3">
         <v>9786052056800</v>
       </c>
       <c r="B58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" t="s">
         <v>101</v>
       </c>
-      <c r="C58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58">
-        <v>2000.0</v>
+        <v>2500.0</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58">
         <v>4000</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="3">
         <v>9786052056868</v>
       </c>
       <c r="B59" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C59" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D59">
         <v>500.0</v>
       </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="F59">
         <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="3">
         <v>9786052056851</v>
       </c>
       <c r="B60" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C60" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D60">
         <v>500.0</v>
       </c>
       <c r="E60">
         <v>1</v>
       </c>
       <c r="F60">
         <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="3">
         <v>9786052056837</v>
       </c>
       <c r="B61" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C61" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D61">
         <v>500.0</v>
       </c>
       <c r="E61">
         <v>1</v>
       </c>
       <c r="F61">
         <v>700</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="3">
         <v>9786057360809</v>
       </c>
       <c r="B62" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C62" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D62">
-        <v>235.0</v>
+        <v>250.0</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="3">
         <v>9786057051318</v>
       </c>
       <c r="B63" t="s">
+        <v>106</v>
+      </c>
+      <c r="C63" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D63">
         <v>350.0</v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
         <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="3">
         <v>9786052056844</v>
       </c>
       <c r="B64" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C64" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D64">
         <v>500.0</v>
       </c>
       <c r="E64">
         <v>1</v>
       </c>
       <c r="F64">
         <v>700</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="3">
         <v>9786052056875</v>
       </c>
       <c r="B65" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C65" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D65">
         <v>1200.0</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
         <v>750</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="3">
         <v>9786052056820</v>
       </c>
       <c r="B66" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C66" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D66">
         <v>500.0</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="F66">
         <v>680</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="3">
         <v>9786052056790</v>
       </c>
       <c r="B67" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C67" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D67">
         <v>250.0</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
       <c r="F67">
         <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="3">
         <v>9786052056769</v>
       </c>
       <c r="B68" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C68" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D68">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
         <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="3">
         <v>9786052056721</v>
       </c>
       <c r="B69" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C69" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D69">
         <v>200.0</v>
       </c>
       <c r="E69">
         <v>1</v>
       </c>
       <c r="F69">
         <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="3">
         <v>9786052056752</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C70" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D70">
         <v>350.0</v>
       </c>
       <c r="E70">
         <v>1</v>
       </c>
       <c r="F70">
         <v>650</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="3">
         <v>9786052056707</v>
       </c>
       <c r="B71" t="s">
+        <v>115</v>
+      </c>
+      <c r="C71" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D71">
         <v>280.0</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
         <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="3">
         <v>9786052056745</v>
       </c>
       <c r="B72" t="s">
+        <v>117</v>
+      </c>
+      <c r="C72" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D72">
         <v>400.0</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="F72">
         <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="3">
         <v>9786052056738</v>
       </c>
       <c r="B73" t="s">
+        <v>119</v>
+      </c>
+      <c r="C73" t="s">
         <v>120</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73">
-        <v>750.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
         <v>1500</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="3">
         <v>9786052056691</v>
       </c>
       <c r="B74" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C74" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D74">
         <v>225.0</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="3">
         <v>9786052056684</v>
       </c>
       <c r="B75" t="s">
+        <v>122</v>
+      </c>
+      <c r="C75" t="s">
         <v>123</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75">
-        <v>150.0</v>
+        <v>175.0</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
         <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="3">
         <v>9786052056653</v>
       </c>
       <c r="B76" t="s">
+        <v>124</v>
+      </c>
+      <c r="C76" t="s">
         <v>125</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
         <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="3">
         <v>9786052056646</v>
       </c>
       <c r="B77" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C77" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D77">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="3">
         <v>9786052056660</v>
       </c>
       <c r="B78" t="s">
+        <v>127</v>
+      </c>
+      <c r="C78" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D78">
         <v>100.0</v>
       </c>
       <c r="E78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F78">
         <v>115</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="3">
         <v>9786052056288</v>
       </c>
       <c r="B79" t="s">
+        <v>129</v>
+      </c>
+      <c r="C79" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D79">
         <v>450.0</v>
       </c>
       <c r="E79">
         <v>1</v>
       </c>
       <c r="F79">
         <v>730</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="3">
         <v>9786052056578</v>
       </c>
       <c r="B80" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C80" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D80">
         <v>450.0</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
       <c r="F80">
         <v>770</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="3">
         <v>8698553480008</v>
       </c>
       <c r="B81" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D81">
         <v>1350.0</v>
       </c>
       <c r="E81">
         <v>1</v>
       </c>
       <c r="F81">
         <v>1200</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="3">
         <v>9786057051301</v>
       </c>
       <c r="B82" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C82" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D82">
         <v>350.0</v>
       </c>
       <c r="E82">
         <v>1</v>
       </c>
       <c r="F82">
         <v>416</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="3">
         <v>9786257284011</v>
       </c>
       <c r="B83" t="s">
+        <v>134</v>
+      </c>
+      <c r="C83" t="s">
         <v>135</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E83">
         <v>1</v>
       </c>
       <c r="F83">
         <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="3">
         <v>9786052056639</v>
       </c>
       <c r="B84" t="s">
+        <v>136</v>
+      </c>
+      <c r="C84" t="s">
         <v>137</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84">
-        <v>750.0</v>
+        <v>800.0</v>
       </c>
       <c r="E84">
         <v>1</v>
       </c>
       <c r="F84">
         <v>1200</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="3">
         <v>9786052056622</v>
       </c>
       <c r="B85" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C85" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D85">
-        <v>60.0</v>
+        <v>75.0</v>
       </c>
       <c r="E85">
         <v>1</v>
       </c>
       <c r="F85">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="3">
         <v>9786052056000</v>
       </c>
       <c r="B86" t="s">
+        <v>139</v>
+      </c>
+      <c r="C86" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D86">
         <v>1050.0</v>
       </c>
       <c r="E86">
         <v>1</v>
       </c>
       <c r="F86">
         <v>2250</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="3">
         <v>9786052056585</v>
       </c>
       <c r="B87" t="s">
+        <v>141</v>
+      </c>
+      <c r="C87" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D87">
         <v>350.0</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="F87">
         <v>705</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="3">
         <v>9786052056592</v>
       </c>
       <c r="B88" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C88" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D88">
         <v>350.0</v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88">
         <v>725</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="3">
         <v>9786052056608</v>
       </c>
       <c r="B89" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C89" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D89">
         <v>350.0</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
         <v>745</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="3">
         <v>9786052056561</v>
       </c>
       <c r="B90" t="s">
+        <v>145</v>
+      </c>
+      <c r="C90" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D90">
         <v>600.0</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90">
         <v>1210</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="3">
         <v>9786052056547</v>
       </c>
       <c r="B91" t="s">
+        <v>147</v>
+      </c>
+      <c r="C91" t="s">
         <v>148</v>
       </c>
-      <c r="C91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91">
-        <v>750.0</v>
+        <v>800.0</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="F91">
         <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="3">
         <v>9786052056554</v>
       </c>
       <c r="B92" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C92" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D92">
         <v>200.0</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
       <c r="F92">
         <v>285</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="3">
         <v>9786052056257</v>
       </c>
       <c r="B93" t="s">
+        <v>150</v>
+      </c>
+      <c r="C93" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D93">
         <v>150.0</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93">
         <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="3">
         <v>9786052056479</v>
       </c>
       <c r="B94" t="s">
+        <v>152</v>
+      </c>
+      <c r="C94" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D94">
         <v>3250.0</v>
       </c>
       <c r="E94">
         <v>1</v>
       </c>
       <c r="F94">
         <v>6750</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="3">
         <v>9786052056530</v>
       </c>
       <c r="B95" t="s">
+        <v>154</v>
+      </c>
+      <c r="C95" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D95">
         <v>300.0</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">
         <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="3">
         <v>9786052056493</v>
       </c>
       <c r="B96" t="s">
+        <v>156</v>
+      </c>
+      <c r="C96" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D96">
         <v>300.0</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96">
         <v>515</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="3">
         <v>9786052056516</v>
       </c>
       <c r="B97" t="s">
+        <v>158</v>
+      </c>
+      <c r="C97" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D97">
         <v>250.0</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97">
         <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="3">
         <v>9786052056325</v>
       </c>
       <c r="B98" t="s">
+        <v>160</v>
+      </c>
+      <c r="C98" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D98">
         <v>100.0</v>
       </c>
       <c r="E98">
         <v>1</v>
       </c>
       <c r="F98">
         <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="3">
         <v>9786052056295</v>
       </c>
       <c r="B99" t="s">
+        <v>162</v>
+      </c>
+      <c r="C99" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D99">
         <v>35.0</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="F99">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="3">
         <v>9786052056455</v>
       </c>
       <c r="B100" t="s">
+        <v>164</v>
+      </c>
+      <c r="C100" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D100">
         <v>350.0</v>
       </c>
       <c r="E100">
         <v>1</v>
       </c>
       <c r="F100">
         <v>600</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="3">
         <v>9786052056448</v>
       </c>
       <c r="B101" t="s">
+        <v>166</v>
+      </c>
+      <c r="C101" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D101">
         <v>200.0</v>
       </c>
       <c r="E101">
         <v>1</v>
       </c>
       <c r="F101">
         <v>258</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="3">
         <v>9786052056431</v>
       </c>
       <c r="B102" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C102" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D102">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102">
         <v>255</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="3">
         <v>5556623471277</v>
       </c>
       <c r="B103" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D103">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103">
         <v>60</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="3">
         <v>9786052056394</v>
       </c>
       <c r="B104" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C104" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D104">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="E104">
         <v>1</v>
       </c>
       <c r="F104">
         <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="3">
         <v>9786059815536</v>
       </c>
       <c r="B105" t="s">
+        <v>171</v>
+      </c>
+      <c r="C105" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D105">
         <v>275.0</v>
       </c>
       <c r="E105">
         <v>1</v>
       </c>
       <c r="F105">
         <v>720</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="3">
         <v>9786052056363</v>
       </c>
       <c r="B106" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C106" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D106">
         <v>200.0</v>
       </c>
       <c r="E106">
         <v>1</v>
       </c>
       <c r="F106">
         <v>285</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="3">
         <v>9786052056370</v>
       </c>
       <c r="B107" t="s">
+        <v>174</v>
+      </c>
+      <c r="C107" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D107">
         <v>200.0</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
       <c r="F107">
         <v>185</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="3">
         <v>9786059815574</v>
       </c>
       <c r="B108" t="s">
+        <v>176</v>
+      </c>
+      <c r="C108" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D108">
         <v>250.0</v>
       </c>
       <c r="E108">
         <v>1</v>
       </c>
       <c r="F108">
         <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="3">
-        <v>9786052056356</v>
+        <v>9786052056387</v>
       </c>
       <c r="B109" t="s">
+        <v>178</v>
+      </c>
+      <c r="C109" t="s">
         <v>179</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109">
-        <v>850.0</v>
+        <v>125.0</v>
       </c>
       <c r="E109">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F109">
-        <v>735</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="3">
-        <v>9786052056387</v>
+        <v>9786057360885</v>
       </c>
       <c r="B110" t="s">
         <v>180</v>
       </c>
       <c r="C110" t="s">
         <v>181</v>
       </c>
       <c r="D110">
-        <v>110.0</v>
+        <v>250.0</v>
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="3">
-        <v>9786057360885</v>
+        <v>9786259451916</v>
       </c>
       <c r="B111" t="s">
         <v>182</v>
       </c>
       <c r="C111" t="s">
-        <v>183</v>
+        <v>17</v>
       </c>
       <c r="D111">
-        <v>250.0</v>
+        <v>1450.0</v>
       </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="F111">
-        <v>510</v>
+        <v>990</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="3">
-        <v>9786259451916</v>
+        <v>9786052056332</v>
       </c>
       <c r="B112" t="s">
+        <v>183</v>
+      </c>
+      <c r="C112" t="s">
         <v>184</v>
       </c>
-      <c r="C112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112">
-        <v>1450.0</v>
+        <v>50.0</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="F112">
-        <v>990</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="3">
-        <v>9786052056332</v>
+        <v>9786052056271</v>
       </c>
       <c r="B113" t="s">
         <v>185</v>
       </c>
       <c r="C113" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D113">
-        <v>50.0</v>
+        <v>350.0</v>
       </c>
       <c r="E113">
         <v>1</v>
       </c>
       <c r="F113">
-        <v>80</v>
+        <v>510</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="3">
-        <v>9786052056271</v>
+        <v>9786055313333</v>
       </c>
       <c r="B114" t="s">
+        <v>186</v>
+      </c>
+      <c r="C114" t="s">
         <v>187</v>
       </c>
-      <c r="C114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114">
-        <v>300.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="F114">
-        <v>510</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="3">
-        <v>9786055313333</v>
+        <v>9786052056318</v>
       </c>
       <c r="B115" t="s">
         <v>188</v>
       </c>
       <c r="C115" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="D115">
-        <v>1000.0</v>
+        <v>1750.0</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="F115">
-        <v>1950</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="3">
-        <v>9786052056318</v>
+        <v>9786057233370</v>
       </c>
       <c r="B116" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C116" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="D116">
-        <v>1500.0</v>
+        <v>200.0</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="F116">
-        <v>1930</v>
+        <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="3">
-        <v>9786057233370</v>
+        <v>9786052056240</v>
       </c>
       <c r="B117" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C117" t="s">
-        <v>183</v>
+        <v>68</v>
       </c>
       <c r="D117">
-        <v>200.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117">
-        <v>110</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="3">
-        <v>9786052056240</v>
+        <v>5556623471260</v>
       </c>
       <c r="B118" t="s">
+        <v>191</v>
+      </c>
+      <c r="C118" t="s">
         <v>192</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118">
-        <v>750.0</v>
+        <v>15.0</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118">
-        <v>1900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="3">
-        <v>5556623471260</v>
+        <v>9786055206130</v>
       </c>
       <c r="B119" t="s">
         <v>193</v>
       </c>
       <c r="C119" t="s">
         <v>194</v>
       </c>
       <c r="D119">
-        <v>15.0</v>
+        <v>200.0</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119">
-        <v>50</v>
+        <v>315</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="3">
-        <v>9786055206130</v>
+        <v>9786052056196</v>
       </c>
       <c r="B120" t="s">
         <v>195</v>
       </c>
       <c r="C120" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="D120">
         <v>200.0</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="F120">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="3">
-        <v>9786052056196</v>
+        <v>9786052056219</v>
       </c>
       <c r="B121" t="s">
+        <v>196</v>
+      </c>
+      <c r="C121" t="s">
         <v>197</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121">
-        <v>200.0</v>
+        <v>900.0</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="F121">
-        <v>240</v>
+        <v>645</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="3">
-        <v>9786052056219</v>
+        <v>9786052056110</v>
       </c>
       <c r="B122" t="s">
         <v>198</v>
       </c>
       <c r="C122" t="s">
-        <v>199</v>
+        <v>9</v>
       </c>
       <c r="D122">
-        <v>900.0</v>
+        <v>200.0</v>
       </c>
       <c r="E122">
         <v>1</v>
       </c>
       <c r="F122">
-        <v>645</v>
+        <v>285</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="3">
-        <v>9786052056110</v>
+        <v>9786052056158</v>
       </c>
       <c r="B123" t="s">
+        <v>199</v>
+      </c>
+      <c r="C123" t="s">
         <v>200</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E123">
         <v>1</v>
       </c>
       <c r="F123">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="3">
-        <v>9786052056158</v>
+        <v>9786052056141</v>
       </c>
       <c r="B124" t="s">
         <v>201</v>
       </c>
       <c r="C124" t="s">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="D124">
-        <v>250.0</v>
+        <v>150.0</v>
       </c>
       <c r="E124">
         <v>1</v>
       </c>
       <c r="F124">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="3">
-        <v>9786052056141</v>
+        <v>9786059815567</v>
       </c>
       <c r="B125" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C125" t="s">
-        <v>173</v>
+        <v>120</v>
       </c>
       <c r="D125">
-        <v>150.0</v>
+        <v>4900.0</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="F125">
-        <v>210</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="3">
-        <v>9786059815567</v>
+        <v>9786052056097</v>
       </c>
       <c r="B126" t="s">
+        <v>203</v>
+      </c>
+      <c r="C126" t="s">
         <v>204</v>
       </c>
-      <c r="C126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126">
-        <v>4550.0</v>
+        <v>500.0</v>
       </c>
       <c r="E126">
         <v>1</v>
       </c>
       <c r="F126">
-        <v>7000</v>
+        <v>710</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="3">
-        <v>9786052056097</v>
+        <v>9786052056080</v>
       </c>
       <c r="B127" t="s">
         <v>205</v>
       </c>
       <c r="C127" t="s">
         <v>206</v>
       </c>
       <c r="D127">
-        <v>500.0</v>
+        <v>200.0</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127">
-        <v>710</v>
+        <v>368</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="3">
-        <v>9786052056080</v>
+        <v>9786052056073</v>
       </c>
       <c r="B128" t="s">
         <v>207</v>
       </c>
       <c r="C128" t="s">
-        <v>208</v>
+        <v>30</v>
       </c>
       <c r="D128">
         <v>200.0</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="F128">
-        <v>368</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="3">
-        <v>9786052056073</v>
+        <v>9786052056059</v>
       </c>
       <c r="B129" t="s">
+        <v>208</v>
+      </c>
+      <c r="C129" t="s">
         <v>209</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129">
-        <v>200.0</v>
+        <v>450.0</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="F129">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="3">
-        <v>9786052056059</v>
+        <v>9786059815994</v>
       </c>
       <c r="B130" t="s">
         <v>210</v>
       </c>
       <c r="C130" t="s">
         <v>211</v>
       </c>
       <c r="D130">
-        <v>450.0</v>
+        <v>350.0</v>
       </c>
       <c r="E130">
         <v>1</v>
       </c>
       <c r="F130">
-        <v>950</v>
+        <v>506</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="3">
-        <v>9786059815994</v>
+        <v>9786052056042</v>
       </c>
       <c r="B131" t="s">
         <v>212</v>
       </c>
       <c r="C131" t="s">
-        <v>213</v>
+        <v>172</v>
       </c>
       <c r="D131">
-        <v>300.0</v>
+        <v>900.0</v>
       </c>
       <c r="E131">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F131">
-        <v>506</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="3">
-        <v>9786052056042</v>
+        <v>5556623471246</v>
       </c>
       <c r="B132" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C132" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="D132">
-        <v>750.0</v>
+        <v>20.0</v>
       </c>
       <c r="E132">
         <v>1</v>
       </c>
       <c r="F132">
-        <v>1600</v>
+        <v>55</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="3">
-        <v>5556623471246</v>
+        <v>9786059815918</v>
       </c>
       <c r="B133" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C133" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="D133">
-        <v>15.0</v>
+        <v>300.0</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133">
-        <v>55</v>
+        <v>510</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="3">
-        <v>9786059815918</v>
+        <v>9786059815666</v>
       </c>
       <c r="B134" t="s">
+        <v>215</v>
+      </c>
+      <c r="C134" t="s">
         <v>216</v>
       </c>
-      <c r="C134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134">
-        <v>300.0</v>
+        <v>50.0</v>
       </c>
       <c r="E134">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F134">
-        <v>510</v>
+        <v>85</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="3">
-        <v>9786059815666</v>
+        <v>9786059815840</v>
       </c>
       <c r="B135" t="s">
         <v>217</v>
       </c>
       <c r="C135" t="s">
-        <v>218</v>
+        <v>17</v>
       </c>
       <c r="D135">
-        <v>50.0</v>
+        <v>650.0</v>
       </c>
       <c r="E135">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F135">
-        <v>85</v>
+        <v>680</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="3">
-        <v>9786059815840</v>
+        <v>9786059815697</v>
       </c>
       <c r="B136" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C136" t="s">
-        <v>15</v>
+        <v>179</v>
       </c>
       <c r="D136">
-        <v>650.0</v>
+        <v>35.0</v>
       </c>
       <c r="E136">
         <v>1</v>
       </c>
       <c r="F136">
-        <v>680</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="3">
-        <v>9786059815697</v>
+        <v>9786059815772</v>
       </c>
       <c r="B137" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C137" t="s">
-        <v>181</v>
+        <v>120</v>
       </c>
       <c r="D137">
-        <v>35.0</v>
+        <v>700.0</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="F137">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="3">
-        <v>9786059815772</v>
+        <v>9786059815765</v>
       </c>
       <c r="B138" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C138" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D138">
-        <v>650.0</v>
+        <v>700.0</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="F138">
         <v>1200</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="3">
-        <v>9786059815765</v>
+        <v>9786059815253</v>
       </c>
       <c r="B139" t="s">
+        <v>221</v>
+      </c>
+      <c r="C139" t="s">
         <v>222</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139">
-        <v>650.0</v>
+        <v>150.0</v>
       </c>
       <c r="E139">
         <v>1</v>
       </c>
       <c r="F139">
-        <v>1200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="3">
-        <v>9786059815253</v>
+        <v>9786059815208</v>
       </c>
       <c r="B140" t="s">
         <v>223</v>
       </c>
       <c r="C140" t="s">
         <v>224</v>
       </c>
       <c r="D140">
         <v>100.0</v>
       </c>
       <c r="E140">
         <v>1</v>
       </c>
       <c r="F140">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="3">
-        <v>9786059815208</v>
+        <v>9786059815789</v>
       </c>
       <c r="B141" t="s">
         <v>225</v>
       </c>
       <c r="C141" t="s">
-        <v>226</v>
+        <v>17</v>
       </c>
       <c r="D141">
-        <v>100.0</v>
+        <v>650.0</v>
       </c>
       <c r="E141">
         <v>1</v>
       </c>
       <c r="F141">
-        <v>90</v>
+        <v>640</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="3">
-        <v>9786059815789</v>
+        <v>9786059815741</v>
       </c>
       <c r="B142" t="s">
+        <v>226</v>
+      </c>
+      <c r="C142" t="s">
         <v>227</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142">
-        <v>650.0</v>
+        <v>275.0</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
       <c r="F142">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="3">
-        <v>9786059815741</v>
+        <v>9786059815093</v>
       </c>
       <c r="B143" t="s">
         <v>228</v>
       </c>
       <c r="C143" t="s">
         <v>229</v>
       </c>
       <c r="D143">
-        <v>275.0</v>
+        <v>50.0</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
       <c r="F143">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="3">
-        <v>9786059815093</v>
+        <v>9786059815703</v>
       </c>
       <c r="B144" t="s">
         <v>230</v>
       </c>
       <c r="C144" t="s">
         <v>231</v>
       </c>
       <c r="D144">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E144">
         <v>1</v>
       </c>
       <c r="F144">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="3">
-        <v>9786059815703</v>
+        <v>9786059815659</v>
       </c>
       <c r="B145" t="s">
         <v>232</v>
       </c>
       <c r="C145" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D145">
-        <v>100.0</v>
+        <v>125.0</v>
       </c>
       <c r="E145">
         <v>1</v>
       </c>
       <c r="F145">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="3">
-        <v>9786059815659</v>
+        <v>9786059815109</v>
       </c>
       <c r="B146" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C146" t="s">
-        <v>233</v>
+        <v>36</v>
       </c>
       <c r="D146">
-        <v>125.0</v>
+        <v>150.0</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="3">
-        <v>9786059815109</v>
+        <v>9786059815642</v>
       </c>
       <c r="B147" t="s">
+        <v>234</v>
+      </c>
+      <c r="C147" t="s">
         <v>235</v>
       </c>
-      <c r="C147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147">
-        <v>150.0</v>
+        <v>325.0</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="F147">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="3">
-        <v>9786059815642</v>
+        <v>9786059815628</v>
       </c>
       <c r="B148" t="s">
         <v>236</v>
       </c>
       <c r="C148" t="s">
-        <v>237</v>
+        <v>9</v>
       </c>
       <c r="D148">
-        <v>300.0</v>
+        <v>250.0</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="F148">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="3">
-        <v>9786059815628</v>
+        <v>9786059815611</v>
       </c>
       <c r="B149" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C149" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D149">
-        <v>175.0</v>
+        <v>250.0</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="F149">
         <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="3">
-        <v>9786059815611</v>
+        <v>9786059815390</v>
       </c>
       <c r="B150" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C150" t="s">
-        <v>46</v>
+        <v>216</v>
       </c>
       <c r="D150">
-        <v>175.0</v>
+        <v>250.0</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="3">
-        <v>9786059815390</v>
+        <v>9786059815550</v>
       </c>
       <c r="B151" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C151" t="s">
-        <v>218</v>
+        <v>120</v>
       </c>
       <c r="D151">
-        <v>250.0</v>
+        <v>700.0</v>
       </c>
       <c r="E151">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F151">
-        <v>190</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="3">
-        <v>9786059815550</v>
+        <v>9786059815529</v>
       </c>
       <c r="B152" t="s">
+        <v>240</v>
+      </c>
+      <c r="C152" t="s">
         <v>241</v>
       </c>
-      <c r="C152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152">
-        <v>650.0</v>
+        <v>200.0</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152">
-        <v>1225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="3">
-        <v>9786059815529</v>
+        <v>9786059815598</v>
       </c>
       <c r="B153" t="s">
         <v>242</v>
       </c>
       <c r="C153" t="s">
         <v>243</v>
       </c>
       <c r="D153">
-        <v>200.0</v>
+        <v>350.0</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153">
-        <v>175</v>
+        <v>514</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="3">
-        <v>9786059815598</v>
+        <v>9786059815512</v>
       </c>
       <c r="B154" t="s">
         <v>244</v>
       </c>
       <c r="C154" t="s">
-        <v>245</v>
+        <v>30</v>
       </c>
       <c r="D154">
-        <v>350.0</v>
+        <v>400.0</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154">
-        <v>514</v>
+        <v>490</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="3">
-        <v>9786059815512</v>
+        <v>9786059815543</v>
       </c>
       <c r="B155" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C155" t="s">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="D155">
-        <v>400.0</v>
+        <v>350.0</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="3">
-        <v>9786059815543</v>
+        <v>9786059815260</v>
       </c>
       <c r="B156" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C156" t="s">
-        <v>226</v>
+        <v>36</v>
       </c>
       <c r="D156">
-        <v>350.0</v>
+        <v>175.0</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>590</v>
+        <v>195</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="3">
-        <v>9786059815260</v>
+        <v>9786059815444</v>
       </c>
       <c r="B157" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C157" t="s">
-        <v>34</v>
+        <v>243</v>
       </c>
       <c r="D157">
-        <v>175.0</v>
+        <v>50.0</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157">
-        <v>195</v>
+        <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="3">
-        <v>9786059815444</v>
+        <v>9786059815420</v>
       </c>
       <c r="B158" t="s">
+        <v>248</v>
+      </c>
+      <c r="C158" t="s">
         <v>249</v>
       </c>
-      <c r="C158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="3">
-        <v>9786059815420</v>
+        <v>5556623471239</v>
       </c>
       <c r="B159" t="s">
         <v>250</v>
       </c>
       <c r="C159" t="s">
-        <v>251</v>
+        <v>94</v>
       </c>
       <c r="D159">
-        <v>100.0</v>
+        <v>25.0</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="F159">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="3">
-        <v>5556623471239</v>
+        <v>9786059815413</v>
       </c>
       <c r="B160" t="s">
+        <v>251</v>
+      </c>
+      <c r="C160" t="s">
         <v>252</v>
       </c>
-      <c r="C160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D160">
-        <v>20.0</v>
+        <v>250.0</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
       <c r="F160">
-        <v>55</v>
+        <v>408</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="3">
-        <v>9786059815413</v>
+        <v>9786059815383</v>
       </c>
       <c r="B161" t="s">
         <v>253</v>
       </c>
       <c r="C161" t="s">
-        <v>254</v>
+        <v>216</v>
       </c>
       <c r="D161">
-        <v>250.0</v>
+        <v>60.0</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>408</v>
+        <v>74</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="3">
-        <v>9786059815383</v>
+        <v>9786059815352</v>
       </c>
       <c r="B162" t="s">
+        <v>254</v>
+      </c>
+      <c r="C162" t="s">
         <v>255</v>
       </c>
-      <c r="C162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162">
-        <v>50.0</v>
+        <v>350.0</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162">
-        <v>74</v>
+        <v>800</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="3">
-        <v>9786059815352</v>
+        <v>9786052056165</v>
       </c>
       <c r="B163" t="s">
         <v>256</v>
       </c>
       <c r="C163" t="s">
         <v>257</v>
       </c>
       <c r="D163">
-        <v>350.0</v>
+        <v>1500.0</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
-        <v>800</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="3">
-        <v>9786052056165</v>
+        <v>9786059815369</v>
       </c>
       <c r="B164" t="s">
         <v>258</v>
       </c>
       <c r="C164" t="s">
         <v>259</v>
       </c>
       <c r="D164">
-        <v>1500.0</v>
+        <v>50.0</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164">
-        <v>1650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="3">
-        <v>9786059815369</v>
+        <v>9786059815338</v>
       </c>
       <c r="B165" t="s">
         <v>260</v>
       </c>
       <c r="C165" t="s">
         <v>261</v>
       </c>
       <c r="D165">
-        <v>50.0</v>
+        <v>225.0</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="F165">
-        <v>120</v>
+        <v>445</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="3">
-        <v>9786059815338</v>
+        <v>9786059815307</v>
       </c>
       <c r="B166" t="s">
         <v>262</v>
       </c>
       <c r="C166" t="s">
-        <v>263</v>
+        <v>192</v>
       </c>
       <c r="D166">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166">
-        <v>445</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="3">
-        <v>9786059815307</v>
+        <v>9786059815314</v>
       </c>
       <c r="B167" t="s">
+        <v>263</v>
+      </c>
+      <c r="C167" t="s">
         <v>264</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="E167">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F167">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="3">
-        <v>9786059815314</v>
+        <v>9786059815291</v>
       </c>
       <c r="B168" t="s">
         <v>265</v>
       </c>
       <c r="C168" t="s">
         <v>266</v>
       </c>
       <c r="D168">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
       <c r="E168">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F168">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="3">
-        <v>9786059815291</v>
+        <v>9786059815178</v>
       </c>
       <c r="B169" t="s">
         <v>267</v>
       </c>
       <c r="C169" t="s">
         <v>268</v>
       </c>
       <c r="D169">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="3">
-        <v>9786059815178</v>
+        <v>9786059815284</v>
       </c>
       <c r="B170" t="s">
         <v>269</v>
       </c>
       <c r="C170" t="s">
-        <v>270</v>
+        <v>243</v>
       </c>
       <c r="D170">
-        <v>200.0</v>
+        <v>350.0</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="3">
-        <v>9786059815284</v>
+        <v>9786059815215</v>
       </c>
       <c r="B171" t="s">
+        <v>270</v>
+      </c>
+      <c r="C171" t="s">
         <v>271</v>
       </c>
-      <c r="C171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171">
-        <v>350.0</v>
+        <v>125.0</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
       <c r="F171">
-        <v>700</v>
+        <v>132</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="3">
-        <v>9786059815215</v>
+        <v>9786059815192</v>
       </c>
       <c r="B172" t="s">
         <v>272</v>
       </c>
       <c r="C172" t="s">
         <v>273</v>
       </c>
       <c r="D172">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="F172">
-        <v>132</v>
+        <v>40</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="3">
-        <v>9786059815192</v>
+        <v>9786059815154</v>
       </c>
       <c r="B173" t="s">
         <v>274</v>
       </c>
       <c r="C173" t="s">
-        <v>275</v>
+        <v>192</v>
       </c>
       <c r="D173">
-        <v>50.0</v>
+        <v>225.0</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
       <c r="F173">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="3">
-        <v>9786059815154</v>
+        <v>9786059815147</v>
       </c>
       <c r="B174" t="s">
+        <v>275</v>
+      </c>
+      <c r="C174" t="s">
         <v>276</v>
       </c>
-      <c r="C174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D174">
-        <v>200.0</v>
+        <v>400.0</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
-        <v>500</v>
+        <v>690</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="3">
-        <v>9786059815147</v>
+        <v>9786059815055</v>
       </c>
       <c r="B175" t="s">
         <v>277</v>
       </c>
       <c r="C175" t="s">
-        <v>278</v>
+        <v>36</v>
       </c>
       <c r="D175">
-        <v>400.0</v>
+        <v>150.0</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
-        <v>690</v>
+        <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="3">
-        <v>9786059815055</v>
+        <v>9786059815062</v>
       </c>
       <c r="B176" t="s">
+        <v>278</v>
+      </c>
+      <c r="C176" t="s">
         <v>279</v>
       </c>
-      <c r="C176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176">
-        <v>150.0</v>
+        <v>30.0</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="3">
-        <v>9786059815062</v>
+        <v>9786059815048</v>
       </c>
       <c r="B177" t="s">
         <v>280</v>
       </c>
       <c r="C177" t="s">
-        <v>281</v>
+        <v>36</v>
       </c>
       <c r="D177">
-        <v>30.0</v>
+        <v>150.0</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
       <c r="F177">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="3">
-        <v>9786059815048</v>
+        <v>9786059815024</v>
       </c>
       <c r="B178" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C178" t="s">
-        <v>34</v>
+        <v>259</v>
       </c>
       <c r="D178">
-        <v>150.0</v>
+        <v>50.0</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="F178">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="3">
-        <v>9786059815024</v>
+        <v>9786052056486</v>
       </c>
       <c r="B179" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C179" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="D179">
-        <v>50.0</v>
+        <v>350.0</v>
       </c>
       <c r="E179">
         <v>1</v>
       </c>
       <c r="F179">
-        <v>115</v>
+        <v>560</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="3">
-        <v>9786052056486</v>
+        <v>9786059815000</v>
       </c>
       <c r="B180" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C180" t="s">
-        <v>270</v>
+        <v>179</v>
       </c>
       <c r="D180">
-        <v>350.0</v>
+        <v>30.0</v>
       </c>
       <c r="E180">
         <v>1</v>
       </c>
       <c r="F180">
-        <v>560</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="3">
-        <v>9786059815000</v>
+        <v>9759023043761</v>
       </c>
       <c r="B181" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>284</v>
       </c>
       <c r="D181">
         <v>30.0</v>
       </c>
       <c r="E181">
         <v>1</v>
       </c>
       <c r="F181">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="3">
-        <v>9759023043761</v>
+        <v>9786059815239</v>
       </c>
       <c r="B182" t="s">
-        <v>286</v>
+        <v>285</v>
+      </c>
+      <c r="C182" t="s">
+        <v>179</v>
       </c>
       <c r="D182">
-        <v>30.0</v>
+        <v>150.0</v>
       </c>
       <c r="E182">
         <v>1</v>
       </c>
       <c r="F182">
-        <v>20</v>
+        <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="3">
-        <v>9786059815239</v>
+        <v>9786059815222</v>
       </c>
       <c r="B183" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C183" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D183">
         <v>125.0</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="F183">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="3">
-        <v>9786059815222</v>
+        <v>9786056138249</v>
       </c>
       <c r="B184" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C184" t="s">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="D184">
-        <v>125.0</v>
+        <v>135.0</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="3">
-        <v>9786056138249</v>
+        <v>9786056138232</v>
       </c>
       <c r="B185" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="C185" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D185">
-        <v>125.0</v>
+        <v>175.0</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="3">
-        <v>9786056138232</v>
+        <v>9786057360847</v>
       </c>
       <c r="B186" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C186" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D186">
-        <v>150.0</v>
+        <v>275.0</v>
       </c>
       <c r="E186">
         <v>1</v>
       </c>
       <c r="F186">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="3">
-        <v>9786056138224</v>
+        <v>9786055319601</v>
       </c>
       <c r="B187" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C187" t="s">
-        <v>168</v>
+        <v>243</v>
       </c>
       <c r="D187">
-        <v>175.0</v>
+        <v>2000.0</v>
       </c>
       <c r="E187">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F187">
-        <v>400</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="3">
-        <v>9786057360847</v>
+        <v>9786059815345</v>
       </c>
       <c r="B188" t="s">
+        <v>291</v>
+      </c>
+      <c r="C188" t="s">
         <v>292</v>
       </c>
-      <c r="C188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188">
-        <v>350</v>
+        <v>645</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="3">
-        <v>9786055319601</v>
+        <v>9786052056400</v>
       </c>
       <c r="B189" t="s">
         <v>293</v>
       </c>
       <c r="C189" t="s">
-        <v>245</v>
+        <v>294</v>
       </c>
       <c r="D189">
-        <v>1750.0</v>
+        <v>150.0</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="F189">
-        <v>3000</v>
+        <v>195</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="3">
-        <v>9786059815345</v>
+        <v>9786059815802</v>
       </c>
       <c r="B190" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C190" t="s">
-        <v>295</v>
+        <v>76</v>
       </c>
       <c r="D190">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="E190">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F190">
-        <v>645</v>
+        <v>630</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="3">
-        <v>9786052056400</v>
+        <v>9786059815123</v>
       </c>
       <c r="B191" t="s">
         <v>296</v>
       </c>
       <c r="C191" t="s">
         <v>297</v>
       </c>
       <c r="D191">
-        <v>150.0</v>
+        <v>1250.0</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
-        <v>195</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="3">
-        <v>9786059815802</v>
+        <v>9786059815505</v>
       </c>
       <c r="B192" t="s">
         <v>298</v>
       </c>
       <c r="C192" t="s">
-        <v>77</v>
+        <v>192</v>
       </c>
       <c r="D192">
-        <v>300.0</v>
+        <v>50.0</v>
       </c>
       <c r="E192">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F192">
-        <v>630</v>
+        <v>38</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="3">
-        <v>9786059815123</v>
+        <v>9786059815031</v>
       </c>
       <c r="B193" t="s">
         <v>299</v>
       </c>
       <c r="C193" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
       <c r="D193">
-        <v>1250.0</v>
+        <v>50.0</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193">
-        <v>1550</v>
+        <v>85</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="3">
-        <v>9786059815505</v>
+        <v>9786059815680</v>
       </c>
       <c r="B194" t="s">
+        <v>300</v>
+      </c>
+      <c r="C194" t="s">
         <v>301</v>
       </c>
-      <c r="C194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194">
-        <v>50.0</v>
+        <v>60.0</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="3">
-        <v>9786059815031</v>
+        <v>9786059815758</v>
       </c>
       <c r="B195" t="s">
         <v>302</v>
       </c>
       <c r="C195" t="s">
-        <v>261</v>
+        <v>303</v>
       </c>
       <c r="D195">
-        <v>50.0</v>
+        <v>400.0</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195">
-        <v>85</v>
+        <v>750</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="3">
-        <v>9786059815680</v>
+        <v>9786059815963</v>
       </c>
       <c r="B196" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C196" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D196">
-        <v>50.0</v>
+        <v>250.0</v>
       </c>
       <c r="E196">
         <v>1</v>
       </c>
       <c r="F196">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="3">
-        <v>9786059815758</v>
+        <v>9786059815987</v>
       </c>
       <c r="B197" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C197" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="D197">
-        <v>350.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="3">
-        <v>9786059815963</v>
+        <v>9786059815246</v>
       </c>
       <c r="B198" t="s">
         <v>307</v>
       </c>
       <c r="C198" t="s">
-        <v>308</v>
+        <v>276</v>
       </c>
       <c r="D198">
-        <v>250.0</v>
+        <v>40.0</v>
       </c>
       <c r="E198">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F198">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="3">
-        <v>9786059815987</v>
+        <v>9786052056615</v>
       </c>
       <c r="B199" t="s">
+        <v>308</v>
+      </c>
+      <c r="C199" t="s">
         <v>309</v>
       </c>
-      <c r="C199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199">
-        <v>1000.0</v>
+        <v>250.0</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199">
-        <v>950</v>
+        <v>265</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="3">
-        <v>9786059815246</v>
+        <v>9786052056011</v>
       </c>
       <c r="B200" t="s">
         <v>310</v>
       </c>
       <c r="C200" t="s">
-        <v>278</v>
+        <v>311</v>
       </c>
       <c r="D200">
-        <v>40.0</v>
+        <v>700.0</v>
       </c>
       <c r="E200">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F200">
-        <v>250</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="3">
-        <v>9786052056615</v>
+        <v>9786052056004</v>
       </c>
       <c r="B201" t="s">
+        <v>312</v>
+      </c>
+      <c r="C201" t="s">
         <v>311</v>
       </c>
-      <c r="C201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201">
-        <v>250.0</v>
+        <v>700.0</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201">
-        <v>265</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="3">
-        <v>9786052056011</v>
+        <v>9786059815925</v>
       </c>
       <c r="B202" t="s">
         <v>313</v>
       </c>
       <c r="C202" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D202">
-        <v>650.0</v>
+        <v>700.0</v>
       </c>
       <c r="E202">
         <v>1</v>
       </c>
       <c r="F202">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="3">
-        <v>9786052056004</v>
+        <v>9786059815932</v>
       </c>
       <c r="B203" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C203" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D203">
-        <v>650.0</v>
+        <v>700.0</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="F203">
-        <v>1300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="3">
-        <v>9786059815925</v>
+        <v>9786059815888</v>
       </c>
       <c r="B204" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C204" t="s">
-        <v>314</v>
+        <v>279</v>
       </c>
       <c r="D204">
-        <v>650.0</v>
+        <v>200.0</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="F204">
-        <v>1200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="3">
-        <v>9786059815932</v>
+        <v>9786059815826</v>
       </c>
       <c r="B205" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C205" t="s">
-        <v>314</v>
+        <v>192</v>
       </c>
       <c r="D205">
-        <v>650.0</v>
+        <v>350.0</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205">
-        <v>1200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="3">
-        <v>9786059815888</v>
+        <v>9786059815857</v>
       </c>
       <c r="B206" t="s">
+        <v>317</v>
+      </c>
+      <c r="C206" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D206">
         <v>200.0</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="F206">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="3">
-        <v>9786059815826</v>
+        <v>9786056138270</v>
       </c>
       <c r="B207" t="s">
         <v>319</v>
       </c>
       <c r="C207" t="s">
-        <v>194</v>
+        <v>167</v>
       </c>
       <c r="D207">
-        <v>350.0</v>
+        <v>250.0</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="3">
-        <v>9786059815857</v>
+        <v>9786052056783</v>
       </c>
       <c r="B208" t="s">
         <v>320</v>
       </c>
       <c r="C208" t="s">
-        <v>321</v>
+        <v>34</v>
       </c>
       <c r="D208">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E208">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F208">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="3">
-        <v>9786056138270</v>
+        <v>9786059815864</v>
       </c>
       <c r="B209" t="s">
+        <v>321</v>
+      </c>
+      <c r="C209" t="s">
         <v>322</v>
       </c>
-      <c r="C209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="E209">
         <v>1</v>
       </c>
       <c r="F209">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="3">
-        <v>9786052056783</v>
+        <v>9786052056677</v>
       </c>
       <c r="B210" t="s">
         <v>323</v>
       </c>
       <c r="C210" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D210">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
       <c r="F210">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="3">
-        <v>9786059815864</v>
+        <v>9786052056035</v>
       </c>
       <c r="B211" t="s">
         <v>324</v>
       </c>
       <c r="C211" t="s">
-        <v>325</v>
+        <v>9</v>
       </c>
       <c r="D211">
-        <v>200.0</v>
+        <v>350.0</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
-        <v>155</v>
+        <v>420</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="3">
-        <v>9786052056677</v>
+        <v>9786059815017</v>
       </c>
       <c r="B212" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C212" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="D212">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
       <c r="E212">
         <v>1</v>
       </c>
       <c r="F212">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="3">
-        <v>9786052056035</v>
+        <v>9786059815635</v>
       </c>
       <c r="B213" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C213" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="D213">
-        <v>300.0</v>
+        <v>400.0</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="F213">
-        <v>420</v>
+        <v>625</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="3">
-        <v>9786059815017</v>
+        <v>9786059815970</v>
       </c>
       <c r="B214" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C214" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="D214">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="F214">
-        <v>360</v>
-[...38 lines deleted...]
-      <c r="F216">
         <v>240</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">