--- v1 (2026-01-05)
+++ v2 (2026-02-20)
@@ -12,181 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
   <si>
     <t>Kitap Kalbi Yayıncılık Fiyat Listesi</t>
   </si>
   <si>
-    <t>05.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Ürün Adı</t>
   </si>
   <si>
     <t>Yazar</t>
   </si>
   <si>
     <t>Fiyat</t>
   </si>
   <si>
     <t>Baskı Durumu</t>
   </si>
   <si>
     <t>Ağırlık</t>
   </si>
   <si>
+    <t>Peygamber Efendimizin Günlükleri</t>
+  </si>
+  <si>
+    <t>Hatice Candan</t>
+  </si>
+  <si>
+    <t>Dijital Çağda Kaybolma</t>
+  </si>
+  <si>
+    <t>Nurullah Okur</t>
+  </si>
+  <si>
+    <t>54 Farz Sohbetleri</t>
+  </si>
+  <si>
+    <t>İsmail Yaşar</t>
+  </si>
+  <si>
+    <t>İki Cihan Güneşi Peygamberimiz Hazreti MUHAMMED</t>
+  </si>
+  <si>
+    <t>Ahmet Cevdet Paşa, Ali Eren</t>
+  </si>
+  <si>
+    <t>Betül Üniversiteden Medreseye</t>
+  </si>
+  <si>
+    <t>Betül Tecer</t>
+  </si>
+  <si>
+    <t>Meraklı Çocuk Veli Kudüste</t>
+  </si>
+  <si>
+    <t>Arapça Eğitim Seti 5 Kitap Zehra Seven</t>
+  </si>
+  <si>
+    <t>Zehra Seven</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hazreti Fatıma </t>
   </si>
   <si>
     <t>Ali Eren</t>
   </si>
   <si>
     <t>Hayız İlmihali Zührul Müteehhilin Tercümesi</t>
   </si>
   <si>
     <t>İsmail Tolan, Hüsameddin Vanlıoğlu, Fatih Kalender</t>
   </si>
   <si>
     <t>Mantık Risalesi Metin Tercüme ve İzahı</t>
   </si>
   <si>
     <t>İsa Goci, Mustafa Köseoğlu</t>
   </si>
   <si>
     <t>İlahi Kelama İlk Adım Tecvid İlmi</t>
   </si>
   <si>
     <t>Merve Duran Demirel</t>
   </si>
   <si>
     <t>Soru Cevaplı Emsile Çalışma Kitabı</t>
   </si>
   <si>
-    <t>Zehra Seven</t>
-[...1 lines deleted...]
-  <si>
     <t>Soru Cevaplı Bina Çalışma Kitabı</t>
   </si>
   <si>
     <t>İlmüs Sarfi Bi Şevahidil Ayati Vel Hadis</t>
   </si>
   <si>
     <t>Sadi Çöğenli</t>
   </si>
   <si>
     <t>Hanefi Mezhebi ve Kavramları</t>
   </si>
   <si>
     <t>Safa Hacıkerimoğlu</t>
   </si>
   <si>
     <t>Dilin Afetleri İmam Gazali</t>
   </si>
   <si>
     <t>İmam Gazali, Mustafa Köseoğlu</t>
   </si>
   <si>
     <t>Soru Cevaplı Temel İslam İlmihali</t>
   </si>
   <si>
     <t>Esma Tülübaş</t>
   </si>
   <si>
     <t>Tembel ve Gayretli Sincap</t>
   </si>
   <si>
-    <t>Betül Tecer</t>
-[...1 lines deleted...]
-  <si>
     <t>Zühd ve Takva</t>
   </si>
   <si>
     <t>Güzin Kara</t>
   </si>
   <si>
     <t>Temel İslam İlmihali</t>
   </si>
   <si>
     <t>Muhammed Veysel Yıldız</t>
   </si>
   <si>
     <t>Şiratül İslam İslam Ahlakı ve Adabı</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu</t>
   </si>
   <si>
     <t>Ey Oğul İzahlı Tercümesi</t>
   </si>
   <si>
     <t>Mustafa İsmail Fındıklı</t>
   </si>
   <si>
     <t>Envarul Aşıkin Allaha Aşıkların Nurları</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, Mustafa İsmail Fındıklı</t>
   </si>
   <si>
     <t>Nurul Yakin Arapça</t>
   </si>
   <si>
     <t xml:space="preserve">Muhammed El Hudri </t>
   </si>
   <si>
     <t>Kötülüklerden Alıkoyan NAMAZ</t>
   </si>
   <si>
-    <t>İsmail Yaşar</t>
-[...1 lines deleted...]
-  <si>
     <t>Evimin İlmihali</t>
   </si>
   <si>
     <t>Dilin Günahları</t>
   </si>
   <si>
     <t>Şifai Şerif Arapça</t>
   </si>
   <si>
     <t>Kadi İyaz</t>
   </si>
   <si>
     <t>Peygamber Efendimizin Mucizeleri</t>
   </si>
   <si>
     <t>Faziletleriyle Üç Aylar</t>
   </si>
   <si>
     <t>Uzlet Halktan Uzaklaşıp Hakka Yöneliş</t>
   </si>
   <si>
     <t>El Gunye ve Geniş İzahlı Tercümesi</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, Mustafa İsmail Fındıklı, Abdülkadir Geylani</t>
@@ -209,53 +239,50 @@
   <si>
     <t>Ana Hatlarıyla Şerhül Muğni</t>
   </si>
   <si>
     <t>Abdurrahim Kaya</t>
   </si>
   <si>
     <t>Ruhul Beyan Tefsirindeki Tüm Kıssalar ve Hisseleri</t>
   </si>
   <si>
     <t>Müderrisin Emsile Kitabı</t>
   </si>
   <si>
     <t>Selman Hacıkerimoğlu</t>
   </si>
   <si>
     <t>Geniş İzahlı Sarf ve Nahiv BİNA</t>
   </si>
   <si>
     <t>Gülüstan K.Coşkun</t>
   </si>
   <si>
     <t>Dua Huzmeleri</t>
   </si>
   <si>
-    <t>Gölgeli Kuranı Kerim Yazı Mushafı Resmi Osmani İmlalı</t>
-[...1 lines deleted...]
-  <si>
     <t>İzhar Zehra Seven</t>
   </si>
   <si>
     <t>Mektubat Arapça Harekesiz Orta Boy Tek Cilt</t>
   </si>
   <si>
     <t>İmam-ı Rabbani</t>
   </si>
   <si>
     <t>Resulullah ve Ashabının Güzel Ahlakı</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, Mustafa İsmail Fındıklı, İmam-ı Gazali</t>
   </si>
   <si>
     <t>Nefis Terbiyesi</t>
   </si>
   <si>
     <t>İlim ve Fazileti</t>
   </si>
   <si>
     <t>M.İsmail Kemaloğlu, İmam-ı Gazali, Mustafa İsmail Fındıklı</t>
   </si>
   <si>
     <t>Kalbin Sırları ve Kalbin Acayip Halleri</t>
@@ -452,53 +479,50 @@
   <si>
     <t>Soru Ve Cevaplarla Kainat Güneşi</t>
   </si>
   <si>
     <t>Siracül Müttekin Tercümesi 3 Cilt Takım</t>
   </si>
   <si>
     <t>Fatih Kalender, Hüsameddin Vanlıoğlu, Emin Ali Yüksel</t>
   </si>
   <si>
     <t>Siracül Müttekin Tercümesi 1.Cilt</t>
   </si>
   <si>
     <t>Hüsameddin Vanlıoğlu, Fatih Kalender, Emin Ali Yüksel</t>
   </si>
   <si>
     <t>Siracül Müttekin Tercümesi 2.Cilt</t>
   </si>
   <si>
     <t>Siracül Müttekin Tercümesi 3.Cilt</t>
   </si>
   <si>
     <t>Tasavvufta 7 Adımda Arşa Yolculuk</t>
   </si>
   <si>
-    <t>Hatice Candan</t>
-[...1 lines deleted...]
-  <si>
     <t>Mevaizul Hutaba Hatipler İçin Vaazlar</t>
   </si>
   <si>
     <t>Muhammed Yüksel</t>
   </si>
   <si>
     <t>Hazreti Osman Ali Eren</t>
   </si>
   <si>
     <t>Sevimli Elifbam</t>
   </si>
   <si>
     <t>Ayşe Yıldız Çavuşoğlu</t>
   </si>
   <si>
     <t>Kuranı Kerim Tefsiri 7 Cilt Ömer Nasuhi Bilmen</t>
   </si>
   <si>
     <t>Ömer Nasuhi Bilmen, Hüsameddin Vanlıoğlu, Fatih Kalender</t>
   </si>
   <si>
     <t>Emirül Müminin Muaviye bin ebu Süfyan</t>
   </si>
   <si>
     <t>Burak Kızıldaş</t>
@@ -803,51 +827,51 @@
   <si>
     <t>Fatih Kalender, Hüsameddin Vanlıoğlu, Abdullah Hiçdönmez</t>
   </si>
   <si>
     <t>Arapça Türkçe Lügat El Mevarid</t>
   </si>
   <si>
     <t>Mevlüt Sarı</t>
   </si>
   <si>
     <t>Zıt Kavramları Öğreniyorum</t>
   </si>
   <si>
     <t>Yasemin Önder</t>
   </si>
   <si>
     <t>Sarf Yeni Dizgi Bilgisayarlı</t>
   </si>
   <si>
     <t>İsmail Yaşar, Yunus Emre Kargı</t>
   </si>
   <si>
     <t>Boyamalı Çıkartmalı Elifba</t>
   </si>
   <si>
-    <t>İslami Tesettür Tesettür-i Şeri</t>
+    <t>İskilipli Atıf Hocanın Kaleminden Tesettür</t>
   </si>
   <si>
     <t>Ali Eren, İskilipli Mehmed Atıf Efendi</t>
   </si>
   <si>
     <t>Nurul İzah Arapça Yeni Dizgi</t>
   </si>
   <si>
     <t>Alauddin Çalışkan, Hasan Bin Ammar Şurunbulalı</t>
   </si>
   <si>
     <t>Talimül Müteallim Tercümesi ve Arapçası</t>
   </si>
   <si>
     <t>Mustafa Köseoğlu, Burhaneddin Zernuci</t>
   </si>
   <si>
     <t>Mızraklı İlmihal Osmanlıca Yeni Dizgi</t>
   </si>
   <si>
     <t>Makamat Tercümesi ve Arapçası</t>
   </si>
   <si>
     <t>İmam-ı Birgivi, Alauddin Çalışkan</t>
   </si>
@@ -884,68 +908,62 @@
   <si>
     <t>Talimül Müteallim Medrese Usulü Kelime Manalı</t>
   </si>
   <si>
     <t>Ali Haydar Elifbası İlaveli</t>
   </si>
   <si>
     <t>Dijital Zikirmatik</t>
   </si>
   <si>
     <t>Arapça Yazı Defteri</t>
   </si>
   <si>
     <t>Benim Yazı Defterim</t>
   </si>
   <si>
     <t>Münacaat Cüzü Çanta Boy Karton İlaveli</t>
   </si>
   <si>
     <t>Münacaat Cüzü Çanta Boy Ciltli İlaveli</t>
   </si>
   <si>
     <t>Münacaat Cüzü Orta Boy Ciltli İlaveli</t>
   </si>
   <si>
-    <t>Sualli Cevaplı İslam Fıkhı 4 Cilt Takım</t>
-[...1 lines deleted...]
-  <si>
     <t>Arapça Dilbilgisi Nahiv Zeynep Atay</t>
   </si>
   <si>
     <t>Zeynep Atay</t>
   </si>
   <si>
     <t>Renkli Elif Cüzü</t>
   </si>
   <si>
     <t>M. Alp Çavuşoğlu, Ayşe Yıldız Çavuşoğlu</t>
   </si>
   <si>
-    <t>Halebi Sağır Arapça Tam Kayıtlı</t>
-[...1 lines deleted...]
-  <si>
     <t>Selefilik Adı Altındaki Görüşlere Ehli Sünnetin Cevapları</t>
   </si>
   <si>
     <t>Ali Hoşafçı</t>
   </si>
   <si>
     <t>Nazar Değmesi Cin Şeytan ve Korunma Ayetleri</t>
   </si>
   <si>
     <t>Ahlak ve Görgü Kurallarını Öğreniyorum</t>
   </si>
   <si>
     <t>Efendi Hazretlerimizin Namazlarda ve Sonrasında Okudukları</t>
   </si>
   <si>
     <t>Mahmud Ustaosmanoğlu, Mahmut Eren</t>
   </si>
   <si>
     <t>Nasıl İyi Bir Kul Olunur</t>
   </si>
   <si>
     <t>Ali Eren, İmam Gazali</t>
   </si>
   <si>
     <t>Sorularla Akaid Dersleri</t>
@@ -971,75 +989,72 @@
   <si>
     <t>Ali Kara, İmam-ı Rabbani</t>
   </si>
   <si>
     <t>Mektubatı Rabbani Tercümesi 6.Cilt</t>
   </si>
   <si>
     <t>Mektubatı Rabbani Tercümesi 5.Cilt</t>
   </si>
   <si>
     <t>Mektubatı Rabbani Tercümesi 4.Cilt</t>
   </si>
   <si>
     <t>Anahtar Dualar</t>
   </si>
   <si>
     <t>Mızraklı İlmihal Osmanlıca Orjinal Baskı</t>
   </si>
   <si>
     <t>İslam Düşmanlarını Sevmenin Zararları</t>
   </si>
   <si>
     <t>Enes Uner, Güzin Kara</t>
   </si>
   <si>
-    <t>Hacet Duaları</t>
-[...1 lines deleted...]
-  <si>
     <t>Ahlakı Olgunlaştıran Dini Hikayeler</t>
   </si>
   <si>
     <t>Cennet Yolunun İşaretleri Münebbihat Tercümesi</t>
   </si>
   <si>
     <t>Ali Eren, İbn-i Hacer Askalani</t>
   </si>
   <si>
     <t>Bizi Aldatan Dünya Hayatı</t>
   </si>
   <si>
     <t>40 Hadisi Şerif Usfuri Tercümesi</t>
   </si>
   <si>
     <t>Evradı Behaiyye Tercümesi Orta Boy</t>
   </si>
   <si>
     <t>Hızır Efendi Hayatı Sohbetleri</t>
   </si>
   <si>
-    <t>Hammami Tefsiri Yasini Şerif Tercümesi</t>
+    <t>Yasin Tefsiri Hammami Tercümesi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1361,4321 +1376,4382 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F214"/>
+  <dimension ref="A1:F217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A3" sqref="A3:A214"/>
+      <selection activeCell="A3" sqref="A3:A217"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="3">
-        <v>9786259601656</v>
+        <v>9786259557212</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3">
-        <v>200.0</v>
+        <v>750.0</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3">
-        <v>9786255723024</v>
+        <v>9786255723116</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4">
-        <v>600.0</v>
+        <v>200.0</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
-        <v>700</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3">
-        <v>9786052056523</v>
+        <v>9786255723109</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5">
-        <v>250.0</v>
+        <v>440.0</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="3">
-        <v>9786259601663</v>
+        <v>9786255723123</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="3">
-        <v>9786259601687</v>
+        <v>9786255723079</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7">
-        <v>225.0</v>
+        <v>250.0</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
-        <v>168</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="3">
-        <v>9786259601694</v>
+        <v>9786255723086</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8">
-        <v>275.0</v>
+        <v>200.0</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A9" s="3"/>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9">
-        <v>300.0</v>
+        <v>4616.0</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="3">
-        <v>9786259601670</v>
+        <v>9786259601656</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
-        <v>230.0</v>
+        <v>200.0</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="3">
-        <v>9786052056714</v>
+        <v>9786255723024</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11">
-        <v>150.0</v>
+        <v>600.0</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
-        <v>158</v>
+        <v>700</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="3">
-        <v>9786259601625</v>
+        <v>9786052056523</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12">
-        <v>275.0</v>
+        <v>250.0</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="3">
-        <v>9786259601632</v>
+        <v>9786259601663</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13">
-        <v>125.0</v>
+        <v>200.0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
-        <v>58</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="3">
-        <v>9786259557250</v>
+        <v>9786259601687</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D14">
-        <v>200.0</v>
+        <v>225.0</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
-        <v>110</v>
+        <v>168</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="3">
-        <v>9786259557298</v>
+        <v>9786259601694</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D15">
-        <v>150.0</v>
+        <v>275.0</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="3">
-        <v>9786259451930</v>
+        <v>9786259601649</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D16">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="3">
-        <v>9786259803005</v>
+        <v>9786259601670</v>
       </c>
       <c r="B17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D17">
-        <v>125.0</v>
+        <v>230.0</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="3">
-        <v>9786259803012</v>
+        <v>9786052056714</v>
       </c>
       <c r="B18" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D18">
-        <v>500.0</v>
+        <v>150.0</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
-        <v>800</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="3">
-        <v>9786259557267</v>
+        <v>9786259601625</v>
       </c>
       <c r="B19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D19">
-        <v>350.0</v>
+        <v>275.0</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="3">
-        <v>9786056633027</v>
+        <v>9786259601632</v>
       </c>
       <c r="B20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="D20">
-        <v>75.0</v>
+        <v>125.0</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F20">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="3">
-        <v>9786259557243</v>
+        <v>9786259557250</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D21">
-        <v>400.0</v>
+        <v>200.0</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="3">
-        <v>9786259557236</v>
+        <v>9786259557298</v>
       </c>
       <c r="B22" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="D22">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
-        <v>65</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="3">
-        <v>9786057233394</v>
+        <v>9786259451930</v>
       </c>
       <c r="B23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" t="s">
         <v>45</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>600.0</v>
+        <v>250.0</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
-        <v>800</v>
+        <v>398</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="3">
-        <v>9786259803098</v>
+        <v>9786259803005</v>
       </c>
       <c r="B24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" t="s">
         <v>47</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24">
-        <v>200.0</v>
+        <v>125.0</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="3">
-        <v>9786059815581</v>
+        <v>9786259803012</v>
       </c>
       <c r="B25" t="s">
         <v>48</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D25">
-        <v>200.0</v>
+        <v>500.0</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
-        <v>230</v>
+        <v>800</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="3">
-        <v>9786259803029</v>
+        <v>9786259557267</v>
       </c>
       <c r="B26" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C26" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="D26">
-        <v>125.0</v>
+        <v>350.0</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="3">
-        <v>9786259451985</v>
+        <v>9786056633027</v>
       </c>
       <c r="B27" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="D27">
-        <v>600.0</v>
+        <v>75.0</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F27">
-        <v>1100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="3">
-        <v>9786259803050</v>
+        <v>9786259557243</v>
       </c>
       <c r="B28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C28" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D28">
-        <v>350.0</v>
+        <v>470.0</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="3">
-        <v>9786259803074</v>
+        <v>9786259557236</v>
       </c>
       <c r="B29" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C29" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="D29">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="3">
-        <v>9786259803067</v>
+        <v>9786057233394</v>
       </c>
       <c r="B30" t="s">
         <v>55</v>
       </c>
       <c r="C30" t="s">
         <v>56</v>
       </c>
       <c r="D30">
-        <v>125.0</v>
+        <v>600.0</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
-        <v>80</v>
+        <v>800</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="3">
-        <v>9786259451978</v>
+        <v>9786259803098</v>
       </c>
       <c r="B31" t="s">
         <v>57</v>
       </c>
       <c r="C31" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="D31">
-        <v>275.0</v>
+        <v>200.0</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="3">
-        <v>9786259451961</v>
+        <v>9786059815581</v>
       </c>
       <c r="B32" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C32" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D32">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="3">
-        <v>9786259451992</v>
+        <v>9786259803029</v>
       </c>
       <c r="B33" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C33" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="D33">
-        <v>350.0</v>
+        <v>125.0</v>
       </c>
       <c r="E33">
         <v>1</v>
       </c>
       <c r="F33">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="3">
-        <v>9786259451909</v>
+        <v>9786259451985</v>
       </c>
       <c r="B34" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C34" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D34">
-        <v>1750.0</v>
+        <v>600.0</v>
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="F34">
-        <v>900</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="3">
-        <v>9786052056776</v>
+        <v>9786259803050</v>
       </c>
       <c r="B35" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C35" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D35">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
-        <v>288</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="3">
-        <v>9786259472102</v>
+        <v>9786259803074</v>
       </c>
       <c r="B36" t="s">
-        <v>65</v>
+        <v>63</v>
+      </c>
+      <c r="C36" t="s">
+        <v>64</v>
       </c>
       <c r="D36">
-        <v>450.0</v>
+        <v>250.0</v>
       </c>
       <c r="E36">
         <v>1</v>
       </c>
       <c r="F36">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="3">
-        <v>9786259960890</v>
+        <v>9786259803067</v>
       </c>
       <c r="B37" t="s">
+        <v>65</v>
+      </c>
+      <c r="C37" t="s">
         <v>66</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37">
-        <v>1100.0</v>
+        <v>125.0</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F37">
-        <v>1100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="3">
-        <v>9786259960869</v>
+        <v>9786259451978</v>
       </c>
       <c r="B38" t="s">
         <v>67</v>
       </c>
       <c r="C38" t="s">
         <v>68</v>
       </c>
       <c r="D38">
-        <v>600.0</v>
+        <v>275.0</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="3">
-        <v>9786259960845</v>
+        <v>9786259451961</v>
       </c>
       <c r="B39" t="s">
         <v>69</v>
       </c>
       <c r="C39" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="D39">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="3">
-        <v>9786259960821</v>
+        <v>9786259451992</v>
       </c>
       <c r="B40" t="s">
+        <v>70</v>
+      </c>
+      <c r="C40" t="s">
         <v>71</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40">
-        <v>150.0</v>
+        <v>350.0</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="3">
-        <v>9786259960852</v>
+        <v>9786259451909</v>
       </c>
       <c r="B41" t="s">
         <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41">
-        <v>125.0</v>
+        <v>1750.0</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
-        <v>95</v>
+        <v>900</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="3">
-        <v>9786259960838</v>
+        <v>9786052056776</v>
       </c>
       <c r="B42" t="s">
         <v>74</v>
       </c>
       <c r="C42" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="D42">
-        <v>125.0</v>
+        <v>250.0</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
-        <v>80</v>
+        <v>288</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="3">
-        <v>9786259960814</v>
+        <v>9786259960890</v>
       </c>
       <c r="B43" t="s">
         <v>75</v>
       </c>
       <c r="C43" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D43">
-        <v>400.0</v>
+        <v>1100.0</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
-        <v>750</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="3">
-        <v>9786057233387</v>
+        <v>9786259960869</v>
       </c>
       <c r="B44" t="s">
+        <v>76</v>
+      </c>
+      <c r="C44" t="s">
         <v>77</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44">
-        <v>250.0</v>
+        <v>600.0</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
-        <v>285</v>
+        <v>800</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="3">
-        <v>9786259960807</v>
+        <v>9786259960845</v>
       </c>
       <c r="B45" t="s">
+        <v>78</v>
+      </c>
+      <c r="C45" t="s">
         <v>79</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45">
-        <v>300.0</v>
+        <v>250.0</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
-        <v>222</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="3">
-        <v>9786057233363</v>
+        <v>9786259960821</v>
       </c>
       <c r="B46" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C46" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="D46">
-        <v>550.0</v>
+        <v>150.0</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
-        <v>745</v>
+        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="3">
-        <v>9786057233356</v>
+        <v>9786259960852</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="D47">
-        <v>300.0</v>
+        <v>125.0</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="3">
-        <v>9786057233349</v>
+        <v>9786259960838</v>
       </c>
       <c r="B48" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C48" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="D48">
-        <v>300.0</v>
+        <v>125.0</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
-        <v>355</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="3">
-        <v>9786057360830</v>
+        <v>9786259960814</v>
       </c>
       <c r="B49" t="s">
+        <v>84</v>
+      </c>
+      <c r="C49" t="s">
         <v>85</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49">
-        <v>500.0</v>
+        <v>400.0</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
-        <v>680</v>
+        <v>750</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="3">
-        <v>9876056513822</v>
+        <v>9786057233387</v>
       </c>
       <c r="B50" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" t="s">
         <v>87</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50">
-        <v>75.0</v>
+        <v>250.0</v>
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
-        <v>60</v>
+        <v>285</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="3">
-        <v>9786057233325</v>
+        <v>9786259960807</v>
       </c>
       <c r="B51" t="s">
+        <v>88</v>
+      </c>
+      <c r="C51" t="s">
         <v>89</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>75.0</v>
+        <v>300.0</v>
       </c>
       <c r="E51">
         <v>1</v>
       </c>
       <c r="F51">
-        <v>75</v>
+        <v>222</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="3">
-        <v>9786057233332</v>
+        <v>9786057233363</v>
       </c>
       <c r="B52" t="s">
         <v>90</v>
       </c>
       <c r="C52" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D52">
-        <v>250.0</v>
+        <v>550.0</v>
       </c>
       <c r="E52">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F52">
-        <v>260</v>
+        <v>745</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="3">
-        <v>9786057360892</v>
+        <v>9786057233356</v>
       </c>
       <c r="B53" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C53" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="D53">
-        <v>150.0</v>
+        <v>300.0</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="3">
-        <v>5556623471284</v>
+        <v>9786057233349</v>
       </c>
       <c r="B54" t="s">
         <v>93</v>
       </c>
       <c r="C54" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="D54">
-        <v>15.0</v>
+        <v>300.0</v>
       </c>
       <c r="E54">
         <v>1</v>
       </c>
       <c r="F54">
-        <v>50</v>
+        <v>355</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="3">
-        <v>9786057360861</v>
+        <v>9786057360830</v>
       </c>
       <c r="B55" t="s">
+        <v>94</v>
+      </c>
+      <c r="C55" t="s">
         <v>95</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55">
-        <v>275.0</v>
+        <v>600.0</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
-        <v>160</v>
+        <v>680</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="3">
-        <v>9786052056813</v>
+        <v>9876056513822</v>
       </c>
       <c r="B56" t="s">
+        <v>96</v>
+      </c>
+      <c r="C56" t="s">
         <v>97</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56">
-        <v>300.0</v>
+        <v>75.0</v>
       </c>
       <c r="E56">
         <v>1</v>
       </c>
       <c r="F56">
-        <v>555</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="3">
-        <v>9786057360816</v>
+        <v>9786057233325</v>
       </c>
       <c r="B57" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C57" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D57">
-        <v>300.0</v>
+        <v>75.0</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="F57">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="3">
-        <v>9786052056800</v>
+        <v>9786057233332</v>
       </c>
       <c r="B58" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C58" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="D58">
-        <v>2500.0</v>
+        <v>250.0</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58">
-        <v>4000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="3">
-        <v>9786052056868</v>
+        <v>9786057360892</v>
       </c>
       <c r="B59" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C59" t="s">
         <v>101</v>
       </c>
       <c r="D59">
-        <v>500.0</v>
+        <v>150.0</v>
       </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="F59">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="3">
-        <v>9786052056851</v>
+        <v>5556623471284</v>
       </c>
       <c r="B60" t="s">
+        <v>102</v>
+      </c>
+      <c r="C60" t="s">
         <v>103</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60">
-        <v>500.0</v>
+        <v>15.0</v>
       </c>
       <c r="E60">
         <v>1</v>
       </c>
       <c r="F60">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="3">
-        <v>9786052056837</v>
+        <v>9786057360861</v>
       </c>
       <c r="B61" t="s">
         <v>104</v>
       </c>
       <c r="C61" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="D61">
-        <v>500.0</v>
+        <v>275.0</v>
       </c>
       <c r="E61">
         <v>1</v>
       </c>
       <c r="F61">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="3">
-        <v>9786057360809</v>
+        <v>9786052056813</v>
       </c>
       <c r="B62" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C62" t="s">
-        <v>36</v>
+        <v>107</v>
       </c>
       <c r="D62">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="3">
-        <v>9786057051318</v>
+        <v>9786057360816</v>
       </c>
       <c r="B63" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C63" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="D63">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="3">
-        <v>9786052056844</v>
+        <v>9786052056800</v>
       </c>
       <c r="B64" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C64" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D64">
-        <v>500.0</v>
+        <v>3000.0</v>
       </c>
       <c r="E64">
         <v>1</v>
       </c>
       <c r="F64">
-        <v>700</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="3">
-        <v>9786052056875</v>
+        <v>9786052056868</v>
       </c>
       <c r="B65" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C65" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="D65">
-        <v>1200.0</v>
+        <v>600.0</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="3">
-        <v>9786052056820</v>
+        <v>9786052056851</v>
       </c>
       <c r="B66" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C66" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="D66">
-        <v>500.0</v>
+        <v>600.0</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="F66">
-        <v>680</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="3">
-        <v>9786052056790</v>
+        <v>9786052056837</v>
       </c>
       <c r="B67" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="D67">
-        <v>250.0</v>
+        <v>600.0</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
       <c r="F67">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="3">
-        <v>9786052056769</v>
+        <v>9786057360809</v>
       </c>
       <c r="B68" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C68" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D68">
-        <v>350.0</v>
+        <v>250.0</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="3">
-        <v>9786052056721</v>
+        <v>9786057051318</v>
       </c>
       <c r="B69" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C69" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="D69">
-        <v>200.0</v>
+        <v>350.0</v>
       </c>
       <c r="E69">
         <v>1</v>
       </c>
       <c r="F69">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="3">
-        <v>9786052056752</v>
+        <v>9786052056844</v>
       </c>
       <c r="B70" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C70" t="s">
-        <v>36</v>
+        <v>110</v>
       </c>
       <c r="D70">
-        <v>350.0</v>
+        <v>600.0</v>
       </c>
       <c r="E70">
         <v>1</v>
       </c>
       <c r="F70">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="3">
-        <v>9786052056707</v>
+        <v>9786052056875</v>
       </c>
       <c r="B71" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C71" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D71">
-        <v>280.0</v>
+        <v>1200.0</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="3">
-        <v>9786052056745</v>
+        <v>9786052056820</v>
       </c>
       <c r="B72" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C72" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D72">
-        <v>400.0</v>
+        <v>600.0</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="F72">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="3">
-        <v>9786052056738</v>
+        <v>9786052056790</v>
       </c>
       <c r="B73" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C73" t="s">
-        <v>120</v>
+        <v>41</v>
       </c>
       <c r="D73">
-        <v>1000.0</v>
+        <v>250.0</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="3">
-        <v>9786052056691</v>
+        <v>9786052056769</v>
       </c>
       <c r="B74" t="s">
         <v>121</v>
       </c>
       <c r="C74" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="D74">
-        <v>225.0</v>
+        <v>350.0</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="3">
-        <v>9786052056684</v>
+        <v>9786052056721</v>
       </c>
       <c r="B75" t="s">
         <v>122</v>
       </c>
       <c r="C75" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="D75">
-        <v>175.0</v>
+        <v>200.0</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="3">
-        <v>9786052056653</v>
+        <v>9786052056752</v>
       </c>
       <c r="B76" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C76" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="D76">
-        <v>150.0</v>
+        <v>350.0</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="3">
-        <v>9786052056646</v>
+        <v>9786052056707</v>
       </c>
       <c r="B77" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C77" t="s">
         <v>125</v>
       </c>
       <c r="D77">
-        <v>150.0</v>
+        <v>280.0</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="3">
-        <v>9786052056660</v>
+        <v>9786052056745</v>
       </c>
       <c r="B78" t="s">
+        <v>126</v>
+      </c>
+      <c r="C78" t="s">
         <v>127</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78">
-        <v>100.0</v>
+        <v>400.0</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="3">
-        <v>9786052056288</v>
+        <v>9786052056738</v>
       </c>
       <c r="B79" t="s">
+        <v>128</v>
+      </c>
+      <c r="C79" t="s">
         <v>129</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79">
-        <v>450.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E79">
         <v>1</v>
       </c>
       <c r="F79">
-        <v>730</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="3">
-        <v>9786052056578</v>
+        <v>9786052056691</v>
       </c>
       <c r="B80" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C80" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="D80">
-        <v>450.0</v>
+        <v>250.0</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
       <c r="F80">
-        <v>770</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="3">
-        <v>8698553480008</v>
+        <v>9786052056684</v>
       </c>
       <c r="B81" t="s">
+        <v>131</v>
+      </c>
+      <c r="C81" t="s">
         <v>132</v>
       </c>
       <c r="D81">
-        <v>1350.0</v>
+        <v>200.0</v>
       </c>
       <c r="E81">
         <v>1</v>
       </c>
       <c r="F81">
-        <v>1200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="3">
-        <v>9786057051301</v>
+        <v>9786052056653</v>
       </c>
       <c r="B82" t="s">
         <v>133</v>
       </c>
       <c r="C82" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="D82">
-        <v>350.0</v>
+        <v>150.0</v>
       </c>
       <c r="E82">
         <v>1</v>
       </c>
       <c r="F82">
-        <v>416</v>
+        <v>195</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="3">
-        <v>9786257284011</v>
+        <v>9786052056646</v>
       </c>
       <c r="B83" t="s">
+        <v>135</v>
+      </c>
+      <c r="C83" t="s">
         <v>134</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83">
-        <v>300.0</v>
+        <v>150.0</v>
       </c>
       <c r="E83">
         <v>1</v>
       </c>
       <c r="F83">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="3">
-        <v>9786052056639</v>
+        <v>9786052056660</v>
       </c>
       <c r="B84" t="s">
         <v>136</v>
       </c>
       <c r="C84" t="s">
         <v>137</v>
       </c>
       <c r="D84">
-        <v>800.0</v>
+        <v>100.0</v>
       </c>
       <c r="E84">
         <v>1</v>
       </c>
       <c r="F84">
-        <v>1200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="3">
-        <v>9786052056622</v>
+        <v>9786052056288</v>
       </c>
       <c r="B85" t="s">
         <v>138</v>
       </c>
       <c r="C85" t="s">
-        <v>88</v>
+        <v>139</v>
       </c>
       <c r="D85">
-        <v>75.0</v>
+        <v>500.0</v>
       </c>
       <c r="E85">
         <v>1</v>
       </c>
       <c r="F85">
-        <v>250</v>
+        <v>730</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="3">
-        <v>9786052056000</v>
+        <v>9786052056578</v>
       </c>
       <c r="B86" t="s">
+        <v>140</v>
+      </c>
+      <c r="C86" t="s">
         <v>139</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86">
-        <v>1050.0</v>
+        <v>500.0</v>
       </c>
       <c r="E86">
         <v>1</v>
       </c>
       <c r="F86">
-        <v>2250</v>
+        <v>770</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="3">
-        <v>9786052056585</v>
+        <v>8698553480008</v>
       </c>
       <c r="B87" t="s">
         <v>141</v>
       </c>
-      <c r="C87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87">
-        <v>350.0</v>
+        <v>1900.0</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="F87">
-        <v>705</v>
+        <v>950</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="3">
-        <v>9786052056592</v>
+        <v>9786057051301</v>
       </c>
       <c r="B88" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C88" t="s">
-        <v>142</v>
+        <v>116</v>
       </c>
       <c r="D88">
         <v>350.0</v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88">
-        <v>725</v>
+        <v>416</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="3">
-        <v>9786052056608</v>
+        <v>9786257284011</v>
       </c>
       <c r="B89" t="s">
+        <v>143</v>
+      </c>
+      <c r="C89" t="s">
         <v>144</v>
       </c>
-      <c r="C89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
-        <v>745</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="3">
-        <v>9786052056561</v>
+        <v>9786052056639</v>
       </c>
       <c r="B90" t="s">
         <v>145</v>
       </c>
       <c r="C90" t="s">
         <v>146</v>
       </c>
       <c r="D90">
-        <v>600.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90">
-        <v>1210</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="3">
-        <v>9786052056547</v>
+        <v>9786052056622</v>
       </c>
       <c r="B91" t="s">
         <v>147</v>
       </c>
       <c r="C91" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="D91">
-        <v>800.0</v>
+        <v>75.0</v>
       </c>
       <c r="E91">
         <v>1</v>
       </c>
       <c r="F91">
         <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="3">
-        <v>9786052056554</v>
+        <v>9786052056000</v>
       </c>
       <c r="B92" t="s">
+        <v>148</v>
+      </c>
+      <c r="C92" t="s">
         <v>149</v>
       </c>
-      <c r="C92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92">
-        <v>200.0</v>
+        <v>1050.0</v>
       </c>
       <c r="E92">
         <v>1</v>
       </c>
       <c r="F92">
-        <v>285</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="3">
-        <v>9786052056257</v>
+        <v>9786052056585</v>
       </c>
       <c r="B93" t="s">
         <v>150</v>
       </c>
       <c r="C93" t="s">
         <v>151</v>
       </c>
       <c r="D93">
-        <v>150.0</v>
+        <v>350.0</v>
       </c>
       <c r="E93">
         <v>1</v>
       </c>
       <c r="F93">
-        <v>160</v>
+        <v>705</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="3">
-        <v>9786052056479</v>
+        <v>9786052056592</v>
       </c>
       <c r="B94" t="s">
         <v>152</v>
       </c>
       <c r="C94" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D94">
-        <v>3250.0</v>
+        <v>350.0</v>
       </c>
       <c r="E94">
         <v>1</v>
       </c>
       <c r="F94">
-        <v>6750</v>
+        <v>725</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="3">
-        <v>9786052056530</v>
+        <v>9786052056608</v>
       </c>
       <c r="B95" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C95" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D95">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="E95">
         <v>1</v>
       </c>
       <c r="F95">
-        <v>250</v>
+        <v>745</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="3">
-        <v>9786052056493</v>
+        <v>9786052056561</v>
       </c>
       <c r="B96" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C96" t="s">
-        <v>157</v>
+        <v>9</v>
       </c>
       <c r="D96">
-        <v>300.0</v>
+        <v>600.0</v>
       </c>
       <c r="E96">
         <v>1</v>
       </c>
       <c r="F96">
-        <v>515</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="3">
-        <v>9786052056516</v>
+        <v>9786052056547</v>
       </c>
       <c r="B97" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C97" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="D97">
-        <v>250.0</v>
+        <v>800.0</v>
       </c>
       <c r="E97">
         <v>1</v>
       </c>
       <c r="F97">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="3">
-        <v>9786052056325</v>
+        <v>9786052056554</v>
       </c>
       <c r="B98" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C98" t="s">
-        <v>161</v>
+        <v>22</v>
       </c>
       <c r="D98">
-        <v>100.0</v>
+        <v>200.0</v>
       </c>
       <c r="E98">
         <v>1</v>
       </c>
       <c r="F98">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="3">
-        <v>9786052056295</v>
+        <v>9786052056257</v>
       </c>
       <c r="B99" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C99" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D99">
-        <v>35.0</v>
+        <v>150.0</v>
       </c>
       <c r="E99">
         <v>1</v>
       </c>
       <c r="F99">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="3">
-        <v>9786052056455</v>
+        <v>9786052056479</v>
       </c>
       <c r="B100" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C100" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D100">
-        <v>350.0</v>
+        <v>3250.0</v>
       </c>
       <c r="E100">
         <v>1</v>
       </c>
       <c r="F100">
-        <v>600</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="3">
-        <v>9786052056448</v>
+        <v>9786052056530</v>
       </c>
       <c r="B101" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C101" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D101">
-        <v>200.0</v>
+        <v>300.0</v>
       </c>
       <c r="E101">
         <v>1</v>
       </c>
       <c r="F101">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="3">
-        <v>9786052056431</v>
+        <v>9786052056493</v>
       </c>
       <c r="B102" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C102" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="D102">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E102">
         <v>1</v>
       </c>
       <c r="F102">
-        <v>255</v>
+        <v>515</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="3">
-        <v>5556623471277</v>
+        <v>9786052056516</v>
       </c>
       <c r="B103" t="s">
-        <v>169</v>
+        <v>166</v>
+      </c>
+      <c r="C103" t="s">
+        <v>167</v>
       </c>
       <c r="D103">
-        <v>30.0</v>
+        <v>250.0</v>
       </c>
       <c r="E103">
         <v>1</v>
       </c>
       <c r="F103">
-        <v>60</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="3">
-        <v>9786052056394</v>
+        <v>9786052056325</v>
       </c>
       <c r="B104" t="s">
+        <v>168</v>
+      </c>
+      <c r="C104" t="s">
+        <v>169</v>
+      </c>
+      <c r="D104">
+        <v>125.0</v>
+      </c>
+      <c r="E104">
+        <v>1</v>
+      </c>
+      <c r="F104">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="3">
-        <v>9786059815536</v>
+        <v>9786052056295</v>
       </c>
       <c r="B105" t="s">
+        <v>170</v>
+      </c>
+      <c r="C105" t="s">
         <v>171</v>
       </c>
-      <c r="C105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105">
-        <v>275.0</v>
+        <v>35.0</v>
       </c>
       <c r="E105">
         <v>1</v>
       </c>
       <c r="F105">
-        <v>720</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="3">
-        <v>9786052056363</v>
+        <v>9786052056455</v>
       </c>
       <c r="B106" t="s">
+        <v>172</v>
+      </c>
+      <c r="C106" t="s">
         <v>173</v>
       </c>
-      <c r="C106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106">
-        <v>200.0</v>
+        <v>400.0</v>
       </c>
       <c r="E106">
         <v>1</v>
       </c>
       <c r="F106">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="3">
-        <v>9786052056370</v>
+        <v>9786052056448</v>
       </c>
       <c r="B107" t="s">
         <v>174</v>
       </c>
       <c r="C107" t="s">
         <v>175</v>
       </c>
       <c r="D107">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E107">
         <v>1</v>
       </c>
       <c r="F107">
-        <v>185</v>
+        <v>258</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="3">
-        <v>9786059815574</v>
+        <v>9786052056431</v>
       </c>
       <c r="B108" t="s">
         <v>176</v>
       </c>
       <c r="C108" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="D108">
         <v>250.0</v>
       </c>
       <c r="E108">
         <v>1</v>
       </c>
       <c r="F108">
-        <v>420</v>
+        <v>255</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="3">
-        <v>9786052056387</v>
+        <v>5556623471277</v>
       </c>
       <c r="B109" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D109">
-        <v>125.0</v>
+        <v>30.0</v>
       </c>
       <c r="E109">
         <v>1</v>
       </c>
       <c r="F109">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="3">
-        <v>9786057360885</v>
+        <v>9786052056394</v>
       </c>
       <c r="B110" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C110" t="s">
-        <v>181</v>
+        <v>159</v>
       </c>
       <c r="D110">
-        <v>250.0</v>
+        <v>350.0</v>
       </c>
       <c r="E110">
         <v>1</v>
       </c>
       <c r="F110">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="3">
-        <v>9786259451916</v>
+        <v>9786059815536</v>
       </c>
       <c r="B111" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C111" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="D111">
-        <v>1450.0</v>
+        <v>275.0</v>
       </c>
       <c r="E111">
         <v>1</v>
       </c>
       <c r="F111">
-        <v>990</v>
+        <v>720</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="3">
-        <v>9786052056332</v>
+        <v>9786052056363</v>
       </c>
       <c r="B112" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C112" t="s">
-        <v>184</v>
+        <v>22</v>
       </c>
       <c r="D112">
-        <v>50.0</v>
+        <v>200.0</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="F112">
-        <v>80</v>
+        <v>285</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="3">
-        <v>9786052056271</v>
+        <v>9786052056370</v>
       </c>
       <c r="B113" t="s">
+        <v>182</v>
+      </c>
+      <c r="C113" t="s">
+        <v>183</v>
+      </c>
+      <c r="D113">
+        <v>200.0</v>
+      </c>
+      <c r="E113">
+        <v>1</v>
+      </c>
+      <c r="F113">
         <v>185</v>
-      </c>
-[...10 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="3">
-        <v>9786055313333</v>
+        <v>9786059815574</v>
       </c>
       <c r="B114" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C114" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D114">
-        <v>1000.0</v>
+        <v>250.0</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="F114">
-        <v>1950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="3">
-        <v>9786052056318</v>
+        <v>9786052056387</v>
       </c>
       <c r="B115" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C115" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="D115">
-        <v>1750.0</v>
+        <v>125.0</v>
       </c>
       <c r="E115">
         <v>1</v>
       </c>
       <c r="F115">
-        <v>1930</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="3">
-        <v>9786057233370</v>
+        <v>9786057360885</v>
       </c>
       <c r="B116" t="s">
+        <v>188</v>
+      </c>
+      <c r="C116" t="s">
         <v>189</v>
       </c>
-      <c r="C116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116">
-        <v>200.0</v>
+        <v>250.0</v>
       </c>
       <c r="E116">
         <v>1</v>
       </c>
       <c r="F116">
-        <v>110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="3">
-        <v>9786052056240</v>
+        <v>9786259451916</v>
       </c>
       <c r="B117" t="s">
         <v>190</v>
       </c>
       <c r="C117" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="D117">
-        <v>1000.0</v>
+        <v>1450.0</v>
       </c>
       <c r="E117">
         <v>1</v>
       </c>
       <c r="F117">
-        <v>1900</v>
+        <v>990</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="3">
-        <v>5556623471260</v>
+        <v>9786052056332</v>
       </c>
       <c r="B118" t="s">
         <v>191</v>
       </c>
       <c r="C118" t="s">
         <v>192</v>
       </c>
       <c r="D118">
-        <v>15.0</v>
+        <v>50.0</v>
       </c>
       <c r="E118">
         <v>1</v>
       </c>
       <c r="F118">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="3">
-        <v>9786055206130</v>
+        <v>9786052056271</v>
       </c>
       <c r="B119" t="s">
         <v>193</v>
       </c>
       <c r="C119" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="D119">
-        <v>200.0</v>
+        <v>400.0</v>
       </c>
       <c r="E119">
         <v>1</v>
       </c>
       <c r="F119">
-        <v>315</v>
+        <v>510</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="3">
-        <v>9786052056196</v>
+        <v>9786055313333</v>
       </c>
       <c r="B120" t="s">
+        <v>194</v>
+      </c>
+      <c r="C120" t="s">
         <v>195</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120">
-        <v>200.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E120">
         <v>1</v>
       </c>
       <c r="F120">
-        <v>240</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="3">
-        <v>9786052056219</v>
+        <v>9786052056318</v>
       </c>
       <c r="B121" t="s">
         <v>196</v>
       </c>
       <c r="C121" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="D121">
-        <v>900.0</v>
+        <v>1750.0</v>
       </c>
       <c r="E121">
         <v>1</v>
       </c>
       <c r="F121">
-        <v>645</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="3">
-        <v>9786052056110</v>
+        <v>9786057233370</v>
       </c>
       <c r="B122" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C122" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="D122">
         <v>200.0</v>
       </c>
       <c r="E122">
         <v>1</v>
       </c>
       <c r="F122">
-        <v>285</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="3">
-        <v>9786052056158</v>
+        <v>9786052056240</v>
       </c>
       <c r="B123" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C123" t="s">
-        <v>200</v>
+        <v>77</v>
       </c>
       <c r="D123">
-        <v>250.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E123">
         <v>1</v>
       </c>
       <c r="F123">
-        <v>265</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="3">
-        <v>9786052056141</v>
+        <v>5556623471260</v>
       </c>
       <c r="B124" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C124" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="D124">
-        <v>150.0</v>
+        <v>20.0</v>
       </c>
       <c r="E124">
         <v>1</v>
       </c>
       <c r="F124">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="3">
-        <v>9786059815567</v>
+        <v>9786055206130</v>
       </c>
       <c r="B125" t="s">
+        <v>201</v>
+      </c>
+      <c r="C125" t="s">
         <v>202</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125">
-        <v>4900.0</v>
+        <v>250.0</v>
       </c>
       <c r="E125">
         <v>1</v>
       </c>
       <c r="F125">
-        <v>7000</v>
+        <v>315</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="3">
-        <v>9786052056097</v>
+        <v>9786052056196</v>
       </c>
       <c r="B126" t="s">
         <v>203</v>
       </c>
       <c r="C126" t="s">
-        <v>204</v>
+        <v>41</v>
       </c>
       <c r="D126">
-        <v>500.0</v>
+        <v>200.0</v>
       </c>
       <c r="E126">
         <v>1</v>
       </c>
       <c r="F126">
-        <v>710</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="3">
-        <v>9786052056080</v>
+        <v>9786052056219</v>
       </c>
       <c r="B127" t="s">
+        <v>204</v>
+      </c>
+      <c r="C127" t="s">
         <v>205</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127">
-        <v>200.0</v>
+        <v>900.0</v>
       </c>
       <c r="E127">
         <v>1</v>
       </c>
       <c r="F127">
-        <v>368</v>
+        <v>645</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="3">
-        <v>9786052056073</v>
+        <v>9786052056110</v>
       </c>
       <c r="B128" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C128" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D128">
         <v>200.0</v>
       </c>
       <c r="E128">
         <v>1</v>
       </c>
       <c r="F128">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="3">
-        <v>9786052056059</v>
+        <v>9786052056158</v>
       </c>
       <c r="B129" t="s">
+        <v>207</v>
+      </c>
+      <c r="C129" t="s">
         <v>208</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129">
-        <v>450.0</v>
+        <v>250.0</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="F129">
-        <v>950</v>
+        <v>265</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="3">
-        <v>9786059815994</v>
+        <v>9786052056141</v>
       </c>
       <c r="B130" t="s">
+        <v>209</v>
+      </c>
+      <c r="C130" t="s">
+        <v>180</v>
+      </c>
+      <c r="D130">
+        <v>150.0</v>
+      </c>
+      <c r="E130">
+        <v>1</v>
+      </c>
+      <c r="F130">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="3">
-        <v>9786052056042</v>
+        <v>9786059815567</v>
       </c>
       <c r="B131" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C131" t="s">
-        <v>172</v>
+        <v>129</v>
       </c>
       <c r="D131">
-        <v>900.0</v>
+        <v>4900.0</v>
       </c>
       <c r="E131">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F131">
-        <v>1600</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="3">
-        <v>5556623471246</v>
+        <v>9786052056097</v>
       </c>
       <c r="B132" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C132" t="s">
-        <v>192</v>
+        <v>212</v>
       </c>
       <c r="D132">
-        <v>20.0</v>
+        <v>550.0</v>
       </c>
       <c r="E132">
         <v>1</v>
       </c>
       <c r="F132">
-        <v>55</v>
+        <v>710</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="3">
-        <v>9786059815918</v>
+        <v>9786052056080</v>
       </c>
       <c r="B133" t="s">
+        <v>213</v>
+      </c>
+      <c r="C133" t="s">
         <v>214</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
       <c r="E133">
         <v>1</v>
       </c>
       <c r="F133">
-        <v>510</v>
+        <v>368</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="3">
-        <v>9786059815666</v>
+        <v>9786052056073</v>
       </c>
       <c r="B134" t="s">
         <v>215</v>
       </c>
       <c r="C134" t="s">
-        <v>216</v>
+        <v>41</v>
       </c>
       <c r="D134">
-        <v>50.0</v>
+        <v>200.0</v>
       </c>
       <c r="E134">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F134">
-        <v>85</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="3">
-        <v>9786059815840</v>
+        <v>9786052056059</v>
       </c>
       <c r="B135" t="s">
+        <v>216</v>
+      </c>
+      <c r="C135" t="s">
         <v>217</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135">
-        <v>650.0</v>
+        <v>450.0</v>
       </c>
       <c r="E135">
         <v>1</v>
       </c>
       <c r="F135">
-        <v>680</v>
+        <v>950</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="3">
-        <v>9786059815697</v>
+        <v>9786059815994</v>
       </c>
       <c r="B136" t="s">
         <v>218</v>
       </c>
       <c r="C136" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="D136">
-        <v>35.0</v>
+        <v>350.0</v>
       </c>
       <c r="E136">
         <v>1</v>
       </c>
       <c r="F136">
-        <v>80</v>
+        <v>506</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="3">
-        <v>9786059815772</v>
+        <v>9786052056042</v>
       </c>
       <c r="B137" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C137" t="s">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="D137">
-        <v>700.0</v>
+        <v>900.0</v>
       </c>
       <c r="E137">
         <v>1</v>
       </c>
       <c r="F137">
-        <v>1200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="3">
-        <v>9786059815765</v>
+        <v>5556623471246</v>
       </c>
       <c r="B138" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C138" t="s">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="D138">
-        <v>700.0</v>
+        <v>20.0</v>
       </c>
       <c r="E138">
         <v>1</v>
       </c>
       <c r="F138">
-        <v>1200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="3">
-        <v>9786059815253</v>
+        <v>9786059815918</v>
       </c>
       <c r="B139" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C139" t="s">
-        <v>222</v>
+        <v>173</v>
       </c>
       <c r="D139">
-        <v>150.0</v>
+        <v>350.0</v>
       </c>
       <c r="E139">
         <v>1</v>
       </c>
       <c r="F139">
-        <v>145</v>
+        <v>510</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="3">
-        <v>9786059815208</v>
+        <v>9786059815666</v>
       </c>
       <c r="B140" t="s">
         <v>223</v>
       </c>
       <c r="C140" t="s">
         <v>224</v>
       </c>
       <c r="D140">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="E140">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F140">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="3">
-        <v>9786059815789</v>
+        <v>9786059815840</v>
       </c>
       <c r="B141" t="s">
         <v>225</v>
       </c>
       <c r="C141" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D141">
         <v>650.0</v>
       </c>
       <c r="E141">
         <v>1</v>
       </c>
       <c r="F141">
-        <v>640</v>
+        <v>680</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="3">
-        <v>9786059815741</v>
+        <v>9786059815697</v>
       </c>
       <c r="B142" t="s">
         <v>226</v>
       </c>
       <c r="C142" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="D142">
-        <v>275.0</v>
+        <v>35.0</v>
       </c>
       <c r="E142">
         <v>1</v>
       </c>
       <c r="F142">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="3">
-        <v>9786059815093</v>
+        <v>9786059815772</v>
       </c>
       <c r="B143" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C143" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="D143">
-        <v>50.0</v>
+        <v>700.0</v>
       </c>
       <c r="E143">
         <v>1</v>
       </c>
       <c r="F143">
-        <v>40</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="3">
-        <v>9786059815703</v>
+        <v>9786059815765</v>
       </c>
       <c r="B144" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C144" t="s">
-        <v>231</v>
+        <v>129</v>
       </c>
       <c r="D144">
-        <v>100.0</v>
+        <v>700.0</v>
       </c>
       <c r="E144">
         <v>1</v>
       </c>
       <c r="F144">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="3">
-        <v>9786059815659</v>
+        <v>9786059815253</v>
       </c>
       <c r="B145" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C145" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D145">
-        <v>125.0</v>
+        <v>150.0</v>
       </c>
       <c r="E145">
         <v>1</v>
       </c>
       <c r="F145">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="3">
-        <v>9786059815109</v>
+        <v>9786059815208</v>
       </c>
       <c r="B146" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C146" t="s">
-        <v>36</v>
+        <v>232</v>
       </c>
       <c r="D146">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
       <c r="E146">
         <v>1</v>
       </c>
       <c r="F146">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="3">
-        <v>9786059815642</v>
+        <v>9786059815789</v>
       </c>
       <c r="B147" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C147" t="s">
-        <v>235</v>
+        <v>20</v>
       </c>
       <c r="D147">
-        <v>325.0</v>
+        <v>650.0</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="F147">
-        <v>420</v>
+        <v>640</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="3">
-        <v>9786059815628</v>
+        <v>9786059815741</v>
       </c>
       <c r="B148" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C148" t="s">
-        <v>9</v>
+        <v>235</v>
       </c>
       <c r="D148">
-        <v>250.0</v>
+        <v>300.0</v>
       </c>
       <c r="E148">
         <v>1</v>
       </c>
       <c r="F148">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="3">
-        <v>9786059815611</v>
+        <v>9786059815093</v>
       </c>
       <c r="B149" t="s">
+        <v>236</v>
+      </c>
+      <c r="C149" t="s">
         <v>237</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149">
-        <v>250.0</v>
+        <v>50.0</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="F149">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="3">
-        <v>9786059815390</v>
+        <v>9786059815703</v>
       </c>
       <c r="B150" t="s">
         <v>238</v>
       </c>
       <c r="C150" t="s">
-        <v>216</v>
+        <v>239</v>
       </c>
       <c r="D150">
-        <v>250.0</v>
+        <v>125.0</v>
       </c>
       <c r="E150">
         <v>1</v>
       </c>
       <c r="F150">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="3">
-        <v>9786059815550</v>
+        <v>9786059815659</v>
       </c>
       <c r="B151" t="s">
+        <v>240</v>
+      </c>
+      <c r="C151" t="s">
         <v>239</v>
       </c>
-      <c r="C151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151">
-        <v>700.0</v>
+        <v>125.0</v>
       </c>
       <c r="E151">
         <v>1</v>
       </c>
       <c r="F151">
-        <v>1225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="3">
-        <v>9786059815529</v>
+        <v>9786059815109</v>
       </c>
       <c r="B152" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C152" t="s">
-        <v>241</v>
+        <v>47</v>
       </c>
       <c r="D152">
-        <v>200.0</v>
+        <v>150.0</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="3">
-        <v>9786059815598</v>
+        <v>9786059815642</v>
       </c>
       <c r="B153" t="s">
         <v>242</v>
       </c>
       <c r="C153" t="s">
         <v>243</v>
       </c>
       <c r="D153">
-        <v>350.0</v>
+        <v>325.0</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153">
-        <v>514</v>
+        <v>420</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="3">
-        <v>9786059815512</v>
+        <v>9786059815628</v>
       </c>
       <c r="B154" t="s">
         <v>244</v>
       </c>
       <c r="C154" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D154">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="3">
-        <v>9786059815543</v>
+        <v>9786059815611</v>
       </c>
       <c r="B155" t="s">
         <v>245</v>
       </c>
       <c r="C155" t="s">
-        <v>224</v>
+        <v>22</v>
       </c>
       <c r="D155">
-        <v>350.0</v>
+        <v>300.0</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="3">
-        <v>9786059815260</v>
+        <v>9786059815390</v>
       </c>
       <c r="B156" t="s">
         <v>246</v>
       </c>
       <c r="C156" t="s">
-        <v>36</v>
+        <v>224</v>
       </c>
       <c r="D156">
-        <v>175.0</v>
+        <v>250.0</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="3">
-        <v>9786059815444</v>
+        <v>9786059815550</v>
       </c>
       <c r="B157" t="s">
         <v>247</v>
       </c>
       <c r="C157" t="s">
-        <v>243</v>
+        <v>129</v>
       </c>
       <c r="D157">
-        <v>50.0</v>
+        <v>700.0</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157">
-        <v>60</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="3">
-        <v>9786059815420</v>
+        <v>9786059815529</v>
       </c>
       <c r="B158" t="s">
         <v>248</v>
       </c>
       <c r="C158" t="s">
         <v>249</v>
       </c>
       <c r="D158">
-        <v>100.0</v>
+        <v>200.0</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="3">
-        <v>5556623471239</v>
+        <v>9786059815598</v>
       </c>
       <c r="B159" t="s">
         <v>250</v>
       </c>
       <c r="C159" t="s">
-        <v>94</v>
+        <v>251</v>
       </c>
       <c r="D159">
-        <v>25.0</v>
+        <v>350.0</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="F159">
-        <v>55</v>
+        <v>514</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="3">
-        <v>9786059815413</v>
+        <v>9786059815512</v>
       </c>
       <c r="B160" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C160" t="s">
-        <v>252</v>
+        <v>41</v>
       </c>
       <c r="D160">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="E160">
         <v>1</v>
       </c>
       <c r="F160">
-        <v>408</v>
+        <v>490</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="3">
-        <v>9786059815383</v>
+        <v>9786059815543</v>
       </c>
       <c r="B161" t="s">
         <v>253</v>
       </c>
       <c r="C161" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="D161">
-        <v>60.0</v>
+        <v>350.0</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>74</v>
+        <v>590</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="3">
-        <v>9786059815352</v>
+        <v>9786059815260</v>
       </c>
       <c r="B162" t="s">
         <v>254</v>
       </c>
       <c r="C162" t="s">
-        <v>255</v>
+        <v>47</v>
       </c>
       <c r="D162">
-        <v>350.0</v>
+        <v>175.0</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162">
-        <v>800</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="3">
-        <v>9786052056165</v>
+        <v>9786059815444</v>
       </c>
       <c r="B163" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C163" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="D163">
-        <v>1500.0</v>
+        <v>50.0</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
-        <v>1650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="3">
-        <v>9786059815369</v>
+        <v>9786059815420</v>
       </c>
       <c r="B164" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C164" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D164">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="3">
-        <v>9786059815338</v>
+        <v>5556623471239</v>
       </c>
       <c r="B165" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C165" t="s">
-        <v>261</v>
+        <v>103</v>
       </c>
       <c r="D165">
-        <v>225.0</v>
+        <v>25.0</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="F165">
-        <v>445</v>
+        <v>55</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="3">
-        <v>9786059815307</v>
+        <v>9786059815413</v>
       </c>
       <c r="B166" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C166" t="s">
-        <v>192</v>
+        <v>260</v>
       </c>
       <c r="D166">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166">
-        <v>140</v>
+        <v>408</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="3">
-        <v>9786059815314</v>
+        <v>9786059815383</v>
       </c>
       <c r="B167" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C167" t="s">
-        <v>264</v>
+        <v>224</v>
       </c>
       <c r="D167">
-        <v>200.0</v>
+        <v>60.0</v>
       </c>
       <c r="E167">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F167">
-        <v>260</v>
+        <v>74</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="3">
-        <v>9786059815291</v>
+        <v>9786059815352</v>
       </c>
       <c r="B168" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C168" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D168">
-        <v>300.0</v>
+        <v>350.0</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="F168">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="3">
-        <v>9786059815178</v>
+        <v>9786052056165</v>
       </c>
       <c r="B169" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C169" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D169">
-        <v>200.0</v>
+        <v>1500.0</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>310</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="3">
-        <v>9786059815284</v>
+        <v>9786059815369</v>
       </c>
       <c r="B170" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C170" t="s">
-        <v>243</v>
+        <v>267</v>
       </c>
       <c r="D170">
-        <v>350.0</v>
+        <v>50.0</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="3">
-        <v>9786059815215</v>
+        <v>9786059815338</v>
       </c>
       <c r="B171" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C171" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="D171">
-        <v>125.0</v>
+        <v>225.0</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
       <c r="F171">
-        <v>132</v>
+        <v>445</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="3">
-        <v>9786059815192</v>
+        <v>9786059815307</v>
       </c>
       <c r="B172" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C172" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="D172">
-        <v>50.0</v>
+        <v>150.0</v>
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="F172">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="3">
-        <v>9786059815154</v>
+        <v>9786059815314</v>
       </c>
       <c r="B173" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C173" t="s">
-        <v>192</v>
+        <v>272</v>
       </c>
       <c r="D173">
-        <v>225.0</v>
+        <v>200.0</v>
       </c>
       <c r="E173">
         <v>1</v>
       </c>
       <c r="F173">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="3">
-        <v>9786059815147</v>
+        <v>9786059815291</v>
       </c>
       <c r="B174" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C174" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D174">
-        <v>400.0</v>
+        <v>300.0</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
-        <v>690</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="3">
-        <v>9786059815055</v>
+        <v>9786059815178</v>
       </c>
       <c r="B175" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C175" t="s">
-        <v>36</v>
+        <v>276</v>
       </c>
       <c r="D175">
-        <v>150.0</v>
+        <v>200.0</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
-        <v>80</v>
+        <v>310</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="3">
-        <v>9786059815062</v>
+        <v>9786059815284</v>
       </c>
       <c r="B176" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C176" t="s">
-        <v>279</v>
+        <v>251</v>
       </c>
       <c r="D176">
-        <v>30.0</v>
+        <v>350.0</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
-        <v>40</v>
+        <v>700</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="3">
-        <v>9786059815048</v>
+        <v>9786059815215</v>
       </c>
       <c r="B177" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C177" t="s">
-        <v>36</v>
+        <v>279</v>
       </c>
       <c r="D177">
-        <v>150.0</v>
+        <v>125.0</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
       <c r="F177">
-        <v>145</v>
+        <v>132</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="3">
-        <v>9786059815024</v>
+        <v>9786059815192</v>
       </c>
       <c r="B178" t="s">
+        <v>280</v>
+      </c>
+      <c r="C178" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D178">
         <v>50.0</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="F178">
-        <v>115</v>
+        <v>40</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="3">
-        <v>9786052056486</v>
+        <v>9786059815154</v>
       </c>
       <c r="B179" t="s">
         <v>282</v>
       </c>
       <c r="C179" t="s">
-        <v>268</v>
+        <v>200</v>
       </c>
       <c r="D179">
-        <v>350.0</v>
+        <v>225.0</v>
       </c>
       <c r="E179">
         <v>1</v>
       </c>
       <c r="F179">
-        <v>560</v>
+        <v>500</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="3">
-        <v>9786059815000</v>
+        <v>9786059815147</v>
       </c>
       <c r="B180" t="s">
         <v>283</v>
       </c>
       <c r="C180" t="s">
-        <v>179</v>
+        <v>284</v>
       </c>
       <c r="D180">
-        <v>30.0</v>
+        <v>400.0</v>
       </c>
       <c r="E180">
         <v>1</v>
       </c>
       <c r="F180">
-        <v>60</v>
+        <v>690</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="3">
-        <v>9759023043761</v>
+        <v>9786059815055</v>
       </c>
       <c r="B181" t="s">
-        <v>284</v>
+        <v>285</v>
+      </c>
+      <c r="C181" t="s">
+        <v>47</v>
       </c>
       <c r="D181">
-        <v>30.0</v>
+        <v>150.0</v>
       </c>
       <c r="E181">
         <v>1</v>
       </c>
       <c r="F181">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="3">
-        <v>9786059815239</v>
+        <v>9786059815062</v>
       </c>
       <c r="B182" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C182" t="s">
-        <v>179</v>
+        <v>287</v>
       </c>
       <c r="D182">
-        <v>150.0</v>
+        <v>30.0</v>
       </c>
       <c r="E182">
         <v>1</v>
       </c>
       <c r="F182">
-        <v>165</v>
+        <v>40</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="3">
-        <v>9786059815222</v>
+        <v>9786059815048</v>
       </c>
       <c r="B183" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C183" t="s">
-        <v>179</v>
+        <v>47</v>
       </c>
       <c r="D183">
-        <v>125.0</v>
+        <v>150.0</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="F183">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="3">
-        <v>9786056138249</v>
+        <v>9786059815024</v>
       </c>
       <c r="B184" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C184" t="s">
-        <v>167</v>
+        <v>267</v>
       </c>
       <c r="D184">
-        <v>135.0</v>
+        <v>50.0</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="3">
-        <v>9786056138232</v>
+        <v>9786052056486</v>
       </c>
       <c r="B185" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C185" t="s">
-        <v>167</v>
+        <v>276</v>
       </c>
       <c r="D185">
-        <v>175.0</v>
+        <v>350.0</v>
       </c>
       <c r="E185">
         <v>1</v>
       </c>
       <c r="F185">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="3">
-        <v>9786057360847</v>
+        <v>9786059815000</v>
       </c>
       <c r="B186" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C186" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="D186">
-        <v>275.0</v>
+        <v>30.0</v>
       </c>
       <c r="E186">
         <v>1</v>
       </c>
       <c r="F186">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="3">
-        <v>9786055319601</v>
+        <v>9759023043761</v>
       </c>
       <c r="B187" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>292</v>
       </c>
       <c r="D187">
-        <v>2000.0</v>
+        <v>30.0</v>
       </c>
       <c r="E187">
         <v>1</v>
       </c>
       <c r="F187">
-        <v>3000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="3">
-        <v>9786059815345</v>
+        <v>9786059815239</v>
       </c>
       <c r="B188" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C188" t="s">
-        <v>292</v>
+        <v>187</v>
       </c>
       <c r="D188">
-        <v>350.0</v>
+        <v>150.0</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188">
-        <v>645</v>
+        <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="3">
-        <v>9786052056400</v>
+        <v>9786059815222</v>
       </c>
       <c r="B189" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C189" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="D189">
-        <v>150.0</v>
+        <v>125.0</v>
       </c>
       <c r="E189">
         <v>1</v>
       </c>
       <c r="F189">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="3">
-        <v>9786059815802</v>
+        <v>9786056138249</v>
       </c>
       <c r="B190" t="s">
         <v>295</v>
       </c>
       <c r="C190" t="s">
-        <v>76</v>
+        <v>175</v>
       </c>
       <c r="D190">
-        <v>300.0</v>
+        <v>135.0</v>
       </c>
       <c r="E190">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F190">
-        <v>630</v>
+        <v>110</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="3">
-        <v>9786059815123</v>
+        <v>9786056138232</v>
       </c>
       <c r="B191" t="s">
         <v>296</v>
       </c>
       <c r="C191" t="s">
-        <v>297</v>
+        <v>175</v>
       </c>
       <c r="D191">
-        <v>1250.0</v>
+        <v>175.0</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
-        <v>1550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="3">
-        <v>9786059815505</v>
+        <v>9786057360847</v>
       </c>
       <c r="B192" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C192" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="D192">
-        <v>50.0</v>
+        <v>275.0</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">
-        <v>38</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="3">
-        <v>9786059815031</v>
+        <v>9786059815345</v>
       </c>
       <c r="B193" t="s">
+        <v>298</v>
+      </c>
+      <c r="C193" t="s">
         <v>299</v>
       </c>
-      <c r="C193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193">
-        <v>50.0</v>
+        <v>350.0</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193">
-        <v>85</v>
+        <v>645</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="3">
-        <v>9786059815680</v>
+        <v>9786052056400</v>
       </c>
       <c r="B194" t="s">
         <v>300</v>
       </c>
       <c r="C194" t="s">
         <v>301</v>
       </c>
       <c r="D194">
-        <v>60.0</v>
+        <v>150.0</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194">
-        <v>50</v>
+        <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="3">
-        <v>9786059815758</v>
+        <v>9786059815123</v>
       </c>
       <c r="B195" t="s">
         <v>302</v>
       </c>
       <c r="C195" t="s">
         <v>303</v>
       </c>
       <c r="D195">
-        <v>400.0</v>
+        <v>1350.0</v>
       </c>
       <c r="E195">
         <v>1</v>
       </c>
       <c r="F195">
-        <v>750</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="3">
-        <v>9786059815963</v>
+        <v>9786059815505</v>
       </c>
       <c r="B196" t="s">
         <v>304</v>
       </c>
       <c r="C196" t="s">
-        <v>305</v>
+        <v>200</v>
       </c>
       <c r="D196">
-        <v>250.0</v>
+        <v>50.0</v>
       </c>
       <c r="E196">
         <v>1</v>
       </c>
       <c r="F196">
-        <v>260</v>
+        <v>38</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="3">
-        <v>9786059815987</v>
+        <v>9786059815031</v>
       </c>
       <c r="B197" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C197" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="D197">
-        <v>1000.0</v>
+        <v>50.0</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197">
-        <v>950</v>
+        <v>85</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="3">
-        <v>9786059815246</v>
+        <v>9786059815680</v>
       </c>
       <c r="B198" t="s">
+        <v>306</v>
+      </c>
+      <c r="C198" t="s">
         <v>307</v>
       </c>
-      <c r="C198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198">
-        <v>40.0</v>
+        <v>60.0</v>
       </c>
       <c r="E198">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F198">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="3">
-        <v>9786052056615</v>
+        <v>9786059815758</v>
       </c>
       <c r="B199" t="s">
         <v>308</v>
       </c>
       <c r="C199" t="s">
         <v>309</v>
       </c>
       <c r="D199">
-        <v>250.0</v>
+        <v>400.0</v>
       </c>
       <c r="E199">
         <v>1</v>
       </c>
       <c r="F199">
-        <v>265</v>
+        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="3">
-        <v>9786052056011</v>
+        <v>9786059815963</v>
       </c>
       <c r="B200" t="s">
         <v>310</v>
       </c>
       <c r="C200" t="s">
         <v>311</v>
       </c>
       <c r="D200">
-        <v>700.0</v>
+        <v>250.0</v>
       </c>
       <c r="E200">
         <v>1</v>
       </c>
       <c r="F200">
-        <v>1300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="3">
-        <v>9786052056004</v>
+        <v>9786059815987</v>
       </c>
       <c r="B201" t="s">
         <v>312</v>
       </c>
       <c r="C201" t="s">
-        <v>311</v>
+        <v>20</v>
       </c>
       <c r="D201">
-        <v>700.0</v>
+        <v>1000.0</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201">
-        <v>1300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="3">
-        <v>9786059815925</v>
+        <v>9786059815246</v>
       </c>
       <c r="B202" t="s">
         <v>313</v>
       </c>
       <c r="C202" t="s">
-        <v>311</v>
+        <v>284</v>
       </c>
       <c r="D202">
-        <v>700.0</v>
+        <v>40.0</v>
       </c>
       <c r="E202">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F202">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="3">
-        <v>9786059815932</v>
+        <v>9786052056615</v>
       </c>
       <c r="B203" t="s">
         <v>314</v>
       </c>
       <c r="C203" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D203">
-        <v>700.0</v>
+        <v>250.0</v>
       </c>
       <c r="E203">
         <v>1</v>
       </c>
       <c r="F203">
-        <v>1200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="3">
-        <v>9786059815888</v>
+        <v>9786052056011</v>
       </c>
       <c r="B204" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C204" t="s">
-        <v>279</v>
+        <v>317</v>
       </c>
       <c r="D204">
-        <v>200.0</v>
+        <v>700.0</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="F204">
-        <v>110</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="3">
-        <v>9786059815826</v>
+        <v>9786052056004</v>
       </c>
       <c r="B205" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C205" t="s">
-        <v>192</v>
+        <v>317</v>
       </c>
       <c r="D205">
-        <v>350.0</v>
+        <v>700.0</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205">
-        <v>700</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="3">
-        <v>9786059815857</v>
+        <v>9786059815925</v>
       </c>
       <c r="B206" t="s">
+        <v>319</v>
+      </c>
+      <c r="C206" t="s">
         <v>317</v>
       </c>
-      <c r="C206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206">
-        <v>200.0</v>
+        <v>700.0</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="F206">
-        <v>170</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="3">
-        <v>9786056138270</v>
+        <v>9786059815932</v>
       </c>
       <c r="B207" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C207" t="s">
-        <v>167</v>
+        <v>317</v>
       </c>
       <c r="D207">
-        <v>250.0</v>
+        <v>700.0</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="3">
-        <v>9786052056783</v>
+        <v>9786059815888</v>
       </c>
       <c r="B208" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C208" t="s">
-        <v>34</v>
+        <v>287</v>
       </c>
       <c r="D208">
-        <v>250.0</v>
+        <v>200.0</v>
       </c>
       <c r="E208">
         <v>1</v>
       </c>
       <c r="F208">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="3">
-        <v>9786059815864</v>
+        <v>9786059815826</v>
       </c>
       <c r="B209" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C209" t="s">
-        <v>322</v>
+        <v>200</v>
       </c>
       <c r="D209">
-        <v>200.0</v>
+        <v>350.0</v>
       </c>
       <c r="E209">
         <v>1</v>
       </c>
       <c r="F209">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="3">
-        <v>9786052056677</v>
+        <v>9786059815857</v>
       </c>
       <c r="B210" t="s">
         <v>323</v>
       </c>
       <c r="C210" t="s">
-        <v>30</v>
+        <v>324</v>
       </c>
       <c r="D210">
         <v>200.0</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
       <c r="F210">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="3">
-        <v>9786052056035</v>
+        <v>9786052056783</v>
       </c>
       <c r="B211" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C211" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="D211">
-        <v>350.0</v>
+        <v>250.0</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="3">
-        <v>9786059815017</v>
+        <v>9786059815864</v>
       </c>
       <c r="B212" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C212" t="s">
-        <v>216</v>
+        <v>327</v>
       </c>
       <c r="D212">
-        <v>300.0</v>
+        <v>200.0</v>
       </c>
       <c r="E212">
         <v>1</v>
       </c>
       <c r="F212">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="3">
-        <v>9786059815635</v>
+        <v>9786052056677</v>
       </c>
       <c r="B213" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C213" t="s">
-        <v>181</v>
+        <v>41</v>
       </c>
       <c r="D213">
-        <v>400.0</v>
+        <v>200.0</v>
       </c>
       <c r="E213">
         <v>1</v>
       </c>
       <c r="F213">
-        <v>625</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="3">
+        <v>9786052056035</v>
+      </c>
+      <c r="B214" t="s">
+        <v>329</v>
+      </c>
+      <c r="C214" t="s">
+        <v>22</v>
+      </c>
+      <c r="D214">
+        <v>350.0</v>
+      </c>
+      <c r="E214">
+        <v>1</v>
+      </c>
+      <c r="F214">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" s="3">
+        <v>9786059815017</v>
+      </c>
+      <c r="B215" t="s">
+        <v>330</v>
+      </c>
+      <c r="C215" t="s">
+        <v>224</v>
+      </c>
+      <c r="D215">
+        <v>300.0</v>
+      </c>
+      <c r="E215">
+        <v>1</v>
+      </c>
+      <c r="F215">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" s="3">
+        <v>9786059815635</v>
+      </c>
+      <c r="B216" t="s">
+        <v>331</v>
+      </c>
+      <c r="C216" t="s">
+        <v>189</v>
+      </c>
+      <c r="D216">
+        <v>400.0</v>
+      </c>
+      <c r="E216">
+        <v>1</v>
+      </c>
+      <c r="F216">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" s="3">
         <v>9786059815970</v>
       </c>
-      <c r="B214" t="s">
-[...5 lines deleted...]
-      <c r="D214">
+      <c r="B217" t="s">
+        <v>332</v>
+      </c>
+      <c r="C217" t="s">
+        <v>22</v>
+      </c>
+      <c r="D217">
         <v>200.0</v>
       </c>
-      <c r="E214">
-[...2 lines deleted...]
-      <c r="F214">
+      <c r="E217">
+        <v>1</v>
+      </c>
+      <c r="F217">
         <v>240</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">